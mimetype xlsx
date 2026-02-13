--- v0 (2025-12-16)
+++ v1 (2026-02-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d39610aab1a4f03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racf7835963ab4b65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R34a71a561cd54225"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R66859f4649134273"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R34a71a561cd54225" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R66859f4649134273" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -118,51 +118,51 @@
       </x:c>
       <x:c t="str">
         <x:v>Graested</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>HTH Aloe Vera Deodorant, 50 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2090 0332</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Deodorant</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>hth HJÄLPER TORR HUD</x:v>
+        <x:v>Hth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Orkla Home &amp; Personal Care</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 673 Skøyen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OSLO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Shield DryPlus Sensitive, 30 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0411</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Deodorant</x:v>
       </x:c>
       <x:c t="str">
@@ -256,50 +256,82 @@
         <x:v>5090 0411</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Deodorant</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shield DryPlus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Xellence ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rugvænget 19E</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tåstrup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVIVIR The Aloe Vera Roll On Deo, 50 ml - 20002769</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Deodorant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Matas Natur Superfruit Goji Berry + Aloe Vera Antiperspirant Deo Roll-On, 50 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0091, 5090 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Deodorant</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Matas Natur</x:v>
       </x:c>
       <x:c t="str">