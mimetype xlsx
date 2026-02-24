--- v0 (2025-12-31)
+++ v1 (2026-02-24)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R376d7b8eec1846f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra546c01a57334bc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R73fb3144f30f4e9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R3f209b64b8f14c3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R73fb3144f30f4e9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3f209b64b8f14c3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -932,50 +932,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Dell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>edding</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Greenman Eco Original, D2330THC (593-10335)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>TURBON, for use in Dell B5460, Black, (593-11185)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0046 (308046)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon România SRL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jud.Calarasi,</x:v>