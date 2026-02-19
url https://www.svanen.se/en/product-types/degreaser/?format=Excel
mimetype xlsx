--- v0 (2025-12-21)
+++ v1 (2026-02-19)
@@ -1,85 +1,1013 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56eb9817904e42b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R548ad72837b14c8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R82fc341571494933"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R00a3dd62a8314022"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R82fc341571494933" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R00a3dd62a8314022" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Eco Wash Premium, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Premium, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol 380, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Green, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Green, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Neutral, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Neutral, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol OC - VEG, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol OC - VEG, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Truck, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F34 Foma Micro Degreaser Plus, 710 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash Green, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alkalisk avfettning, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Clean &amp; Green Tar, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Heavy Duty Alka, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-50 Entreprenadtvätt, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-45 Neutral, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-55 Truck Strong, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-90 Extra kraftig Glanstvätt, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Truckwash Green, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ECO WASH, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TK Super Truck, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Heavy Duty Alka+, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 243 BIO, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Förtvätt alkali ECO++ 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Förtvätt alkali power ECO++ 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Truckwash Power ECO++ 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser Extra, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Tjärlösare Kallavfettning Power ECO++, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Truckwash Green, 205 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0113</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Autosmart International Ltd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lynn Lane</x:v>
@@ -420,50 +1348,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BS Kemi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BS Kemi AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rörvägen 53</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jordbro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Indusafe Avfettning Miljö, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Turtle Wax Pro Power Foam, 208 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0129</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turtle Wax</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleano Production AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västra Långgatan 8</x:v>
@@ -676,15482 +1636,14842 @@
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Total Kemi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Indusafe Avfettning Miljö, 10 l</x:v>
+        <x:v>Indusafe Avfettning Plus, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InduSafe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Indusafe Avfettning Plus, 1 l</x:v>
+        <x:v>Indusafe Avfettning Plus, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InduSafe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Indusafe Avfettning Plus, 5 l</x:v>
+        <x:v>Indusafe Avfettning Plus, 1000 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InduSafe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Indusafe Avfettning Plus, 1000 l</x:v>
+        <x:v>Indusafe Indurol 22, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InduSafe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Indusafe Indurol 22, 1 l</x:v>
+        <x:v>Indusafe Indurol 22, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InduSafe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Indusafe Indurol 22, 10 l</x:v>
+        <x:v>Indusafe Indurol 22, 200 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InduSafe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Indusafe Indurol 22, 200 l</x:v>
+        <x:v>Power Clean, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Grön, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Grön, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Super, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SPS Greenclean, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GreenLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Plus, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Plus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Extra, 200 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InduSafe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Power Clean, 600 l</x:v>
-[...2 lines deleted...]
-        <x:v>3013 0088</x:v>
+        <x:v>Alkanol, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 243 BIO, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grovtvätt Plus (IT-424), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Sanego AB</x:v>
-[...10 lines deleted...]
-        <x:v>SK Grön, 200 l</x:v>
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Eco Micro Avfettning S, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikaclean Avfettning Plus, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikaros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikaclean Avfettning Plus, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikaros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Plus, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Clean, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Clean, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Remover 12, 200 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scankemi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SK Grön, 5 l</x:v>
+        <x:v>Remover 12, 25 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scankemi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SK Super, 600 l</x:v>
+        <x:v>Mellonol Plus, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Plus, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Truck og Marine, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scankemi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SPS Greenclean, 1000 l</x:v>
+        <x:v>Indusafe Avfettning Extra, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alkanol, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alkanol, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Premium, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Jumbo, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Neutral, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol OC - VEG, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol OC - VEG, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Truck, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Neutral, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Alkalisk Avfettning (konsument), 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F34 Foma Micro Degreaser Plus, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F34 Foma Micro Degreaser Plus, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F22 Foma Degreaser, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Clean &amp; Green Tar, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Premium, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Heavy Duty Alka, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Prewash-T BIO, 1 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-40 Optimal Grön, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-50 Entreprenadtvätt, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Safe TW Green, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Safe TW Green, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ECO WASH, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVFETTNING ECO, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Micro Veg, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Biorol 806, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Plus, 200 liter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Plus, 25 liter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 213 BIO, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 213 BIO, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 243 BIO, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Kallavfettning, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HD Prewash 90706, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transchem Inc.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1225 Franklin Blvd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cambridge, Ontario</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Tjärlösare Kallavfettning ECO ++ 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Förtvätt alkali ECO++ 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Förtvätt alkali ECO++ 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA ECOLINE Förtvätt Powerfoam E ECO++ 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>904 PRO Høytrykksvask Extra, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>904 PRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Avfettning, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0087</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norkem AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerveien 12B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAVANGER</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VehiclePro RM 803 eco!perform FÖRTVÄTT, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VehiclePro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Train Wash Oxal, 700 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIOkleen Tuff GS, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Green, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S10, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Actimousse Green, 3x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser Quick, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Alkalisk, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Remi Micro 751, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Remi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro 305, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Power Foam, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Bio Avfettning Mikro, 480 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Förtvätt Mikro, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Alkalisk Avfettning, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Alkalisk, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ALK 302-Prewash Alkaline, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroTecs Ultra, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PreLavan Truck Swan, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kallavfettning 205 ECO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikaclean Avfettning Miljö, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikaros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikaclean Avfettning Miljö, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikaros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikaclean Avfettning Plus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikaros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Clean &amp; Green Alka, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Eco Micro Avfettning S, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Havoline X-99 Kallavfettning Eco, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Kallavfettning, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Kallavfettning, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Tjärlösare Kallavfettning ECO ++ 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Förtvätt alkali ECO++ 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Truckwash Power ECO++ 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Tjärlösare Kallavfettning Power ECO++, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Tjärlösare Kallavfettning Power ECO++, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Havoline X-99 Kallavfettning Eco, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Eco Micro Avfettning S, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Truckwash Green, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Train Wash Oxal, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Kallavfettning, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Yellow, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Truckwash Green, 3x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Actimousse Green, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>G101 Green, 3x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Alkalisk Plus, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell transporttvätt Plus, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Bio Avfettning, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Foam, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ALK 309- Prewash Alkaline, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PowerClean Jet, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prewash Classic, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Car Shine, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alka Clean, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Total Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikaclean Avfettning Plus, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikaros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Miljö, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Indurol 22, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Indurol 22, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Grön, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Clean, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Remover 12, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Grön, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Super, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Super, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Plus, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Extra, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol 380, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Green, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Jumbo, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol OC - VEG, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Neutral, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Alkalisk Avfettning (konsument), 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PowerTecs Plus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F34 Foma Micro Degreaser Plus, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash Green, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super Wash Premium, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-40 Optimal Grön, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-55 Truck Strong, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Safe TW Green, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Actimousse Green, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Micro Veg, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Foam, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Plus, 5 liter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Heavy Duty Alka+, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 243 BIO, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 413 BIO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 413 BIO, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super Wash Premium IBC, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Avfettning, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0087</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norkem AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerveien 12B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAVANGER</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-90 Extra kraftig Glanstvätt, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VehiclePro RM 803 eco!perform FÖRTVÄTT, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VehiclePro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VehiclePro RM 803 eco!perform FÖRTVÄTT, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VehiclePro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SONAX Power Clean ECOLINE 1L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Münchenerstrasse 75</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neuburg/Donau</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Train Wash Oxal, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Kallavfettning, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Green, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Yellow, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Kallavfettning, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser Quick, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Pre-wash Alkaline Extreme, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Istobal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ISTOBAL, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avda. Conde del Serrallo, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro 305, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell transporttvätt Plus, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Förtvätt Mikro, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Foam, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ALK 302-Prewash Alkaline, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alka Clean, 5l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Total Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikaclean Avfettning Plus, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikaros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Plus, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Indurol 22, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Grön, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Grön, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Grön, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SPS Greenclean, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GreenLine</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Mellonol Plus, 5 l</x:v>
-[...2 lines deleted...]
-        <x:v>3013 0088</x:v>
+        <x:v>SPS Greenclean, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GreenLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SPS Greenclean, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GreenLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Extra, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Premium, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol 380, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol 380, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol 380, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Green, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Jumbo, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Neutral, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol OC - VEG, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Neutral, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Neutral, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Alkalisk Avfettning (konsument), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PowerTecs Ultra, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Sanego AB</x:v>
-[...10 lines deleted...]
-        <x:v>Mellonol Plus, 10 l</x:v>
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fordonstvätt glans, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Alfanol HD Grön, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Alfanol HD Grön, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash Green, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Premium, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIOkleen Prewash Eco, 25 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-50 Entreprenadtvätt, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-55 Truck Strong, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-90 Extra kraftig Glanstvätt, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Power, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BieTech XTRA PRE-WAS, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Penguin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia Nature S.L.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>C/Picapeders, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TK Super Truck, 600 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Indusafe Avfettning Extra, 200 l</x:v>
+        <x:v>Lahega Biorol 806, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Perfect Wash ECO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Clean &amp; Green Alka, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 243 BIO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Perfect Wash ECO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Kallavfettning, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline ALK, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Tjärlösare Kallavfettning ECO ++ 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>904 PRO Høytrykksvask Extra, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>904 PRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Yellow, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Macken Avfettning, 710 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Alkalisk Avfettning, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Alkalisk Avfettning, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Alkalisk Plus, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro 305, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell transporttvätt Plus, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Bio Avfettning, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PowerClean Jet, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prewash Forte, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Avfettning ECO, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Avfettning ECO, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikaclean Avfettning Miljö, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikaros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Miljö, 600 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InduSafe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Alkanol, 5 l</x:v>
+        <x:v>Indusafe Avfettning Plus, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Indurol 22, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Grön, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Grön, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Grön, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scankemi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sanego Premium, 10 l</x:v>
+        <x:v>SPS Greenclean, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GreenLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SPS Greenclean, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GreenLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Truck og Marine, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Truck og Marine, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Extra, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol 380, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Solvynol 380, 10 l</x:v>
+        <x:v>Solvynol Neutral, 600 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Solvynol Green, 25 l</x:v>
+        <x:v>Solvynol Neutral, 1000 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Solvynol Green, 200 l</x:v>
+        <x:v>Solvynol Truck, 25 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Solvynol Neutral, 1 l</x:v>
+        <x:v>Solvynol Truck, 1000 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Solvynol Neutral, 200 l</x:v>
+        <x:v>Shafir Alkalisk Avfettning (konsument), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Alfanol HD Grön, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F22 Foma Degreaser, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Prewash-T BIO, 25 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-45 Neutral, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-45 Neutral, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-55 Truck Strong, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-80 Högkoncentrat, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-90 Extra kraftig Glanstvätt, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Safe TW Green, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Maskinrent Green, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVFETTNING ECO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Micro Veg, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Micro Veg, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Plus, 1000 liter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Asfaltsbort, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA ECOLINE Förtvätt Powerfoam E ECO++ 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Micro Plus, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Micro Plus, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser Extra, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser Extra, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser Extra, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pro Marine Line Marine Multiwash, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pro Marine Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Micro Power Avfettning, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Train Wash Oxal, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Clean &amp; Green Alka, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIOkleen Tuff GS, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OKQ8 Naturavfettning koncentrerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OKQ8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Swed Handling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-80 Högkoncentrat, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Train Wash Oxal, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIOkleen Tuff GS, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Green, 700 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Green, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Green, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Yellow, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Actimousse Green, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Alkalisk Avfettning, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Kallavfettning, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NS Tar Remow, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Bio Avfettning, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Alkalisk Plus, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alka Clean, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Total Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikaclean Avfettning Miljö, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikaros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Miljö, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Grön, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Clean, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Grön, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Grön, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Super, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Super, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Super, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Super, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SPS Greenclean, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GreenLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Plus, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Truck og Marine, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Extra, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Premium, 200 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Solvynol OC - VEG, 1 l</x:v>
+        <x:v>Sanego Premium, 600 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Solvynol OC - VEG, 25 l</x:v>
+        <x:v>Solvynol 380, 600 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Solvynol Truck, 1 l</x:v>
+        <x:v>Solvynol Green, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>F34 Foma Micro Degreaser Plus, 710 ml</x:v>
+        <x:v>Solvynol Green, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fordonstvätt glans, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Power, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Perfect Wash ECO, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 213 BIO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 213 BIO, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Premium ALK, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Förtvätt alkali power ECO++ 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA ECOLINE Förtvätt Powerfoam E ECO++ 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser Extra, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Tjärlösare Kallavfettning Power ECO++, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super Wash Premium, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Premium, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super Wash Premium, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIOkleen Prewash Eco, 208 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIOkleen Prewash Eco, 5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Prewash-T BIO, 208 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-80 Högkoncentrat, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-80 Högkoncentrat, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-40 Optimal Grön, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVFETTNING ECO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Power, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 413 BIO, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TK Super Truck, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Eco Micro Avfettning S, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Clean, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Remover 12, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Grön, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Truck og Marine, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Truck og Marine, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Extra, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alkanol, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alkanol, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alkanol, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Jumbo, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Jumbo, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Truck, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Neutral, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F34 Foma Micro Degreaser Plus, 1000 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0130</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Foma</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Foma Norge AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Power Wash Green, 5 l</x:v>
+        <x:v>Lahega Alfanol HD Grön, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alkalisk avfettning, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0108, 3013 0108</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alkalisk avfettning, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Heavy Duty Alka, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Prewash-T BIO, 5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-40 Optimal Grön, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-45 Neutral, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TK Super Truck, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Heavy Duty Alka+, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grovtvätt Plus (IT-424), 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grovtvätt Plus (IT-424), 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Förtvätt alkali power ECO++ 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA ECOLINE Förtvätt Powerfoam E ECO++ 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Micro Plus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pro Marine Line Marine Multiwash, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pro Marine Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BASTA green line Förtvätt, 710 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Basta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Alkalisk Avfettning, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Kallavfettning, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Kallavfettning, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser Quick, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Alkalisk, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline ALK, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Graenni Tar Remover</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1013 0128</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grænni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gefn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Víkurhvarf 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kópavogur</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Förtvätt Mikro, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell transporttvätt Plus, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ALK 309- Prewash Alkaline, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prewash Power, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prewash Power, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kallavfettning Quick ECO, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>InnovaTeam</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InnovaTeam AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vretavägen 22</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herrljunga</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Alkalisk avfettning, 5 l</x:v>
+        <x:v>Würth Avfettning ECO, 25 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0108, 3013 0108</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kallavfettning Quick ECO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alka Clean, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Total Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikaclean Avfettning Miljö, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikaros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikaclean Avfettning Miljö, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikaros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikaclean Avfettning Plus, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikaros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikaclean Avfettning Plus, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikaros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Miljö, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Miljö, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Premium IBC, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Havoline X57 Alkaline Eco, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Havoline X-99 Kallavfettning Eco, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Havoline X-57 Alkaline Eco, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Havoline X-57 Alkaline Eco, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Clean &amp; Green Tar, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-50 Entreprenadtvätt, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Maskinrent Green, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Maskinrent Green, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ECO WASH, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
         <x:v>InnovaTeam AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vretavägen 22</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herrljunga</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Westmatic Clean &amp; Green Tar, 200 l</x:v>
-[...31 lines deleted...]
-        <x:v>Eco Wash Premium, 25 l</x:v>
+        <x:v>AVFETTNING ECO, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Micro Veg, 1000 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0123</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Blue &amp; Green</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Blue &amp; Green AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stenorsvägen 52</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Landskrona</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Westmatic Heavy Duty Alka, 1000 l</x:v>
-[...159 lines deleted...]
-        <x:v>Truckwash Green, 1000 l</x:v>
+        <x:v>Eco Wash Power, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Power, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Power, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TK Super Truck, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TK Super Truck, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TK Super Truck, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 243 BIO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 413 BIO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Tjärlösare Kallavfettning ECO ++ 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Truckwash Power ECO++ 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA ECOLINE Förtvätt Powerfoam E ECO++ 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Förrengöring ECOPRO, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ECOPRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemische Fabrik Dr. Stöcker GmbH &amp; Co.KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gewerbestraße 19 - 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfaffen-Schwabenheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Micro Plus, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Micro Plus, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pro Marine Line Marine Multiwash, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pro Marine Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super Wash Premium, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 413 BIO, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OKQ8 Naturavfettning koncentrerad, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OKQ8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Swed Handling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OKQ8 Naturavfettning färdigblandad, 1 l (trigger)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OKQ8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Swed Handling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Selaclean Professional AF 80 Universal, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Selaclean Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Krefting &amp; Co AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vøyenenga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SONAX Power Clean ECOLINE 5L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Münchenerstrasse 75</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neuburg/Donau</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Train Wash Oxal, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Green, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Yellow, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>G101 Green, 25 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0113</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Autosmart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S10, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Autosmart International Ltd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lynn Lane</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lichfield</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ECO WASH, 200 l</x:v>
+        <x:v>Shafir Alkalisk Avfettning, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Kallavfettning, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Kallavfettning, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser Quick, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser Quick, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NS Tar Remow, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Alkalisk Plus, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Remi Micro 751, 200 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0108, 3013 0108</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Remi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline ALK, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Premium ALK, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline ALK, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Förtvätt Mikro, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Pre-wash Alkaline Extreme, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Istobal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ISTOBAL, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avda. Conde del Serrallo, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Alkalisk Avfettning Plus, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroTecs Ultra, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alka Clean, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Total Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alka Clean, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Total Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikaclean Avfettning Miljö, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikaros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Miljö, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Plus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Clean, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Remover 12, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Remover 12, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Remover 12, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Plus, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Truck og Marine, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alkanol, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Premium, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Premium, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Green, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Jumbo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Jumbo, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Neutral, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol OC - VEG, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Truck, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Truck, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Neutral, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fordonstvätt IT-409, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>InnovaTeam AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vretavägen 22</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herrljunga</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TK Super Truck, 1000 l</x:v>
-[...2 lines deleted...]
-        <x:v>3013 0088</x:v>
+        <x:v>Power Wash Green, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alkalisk avfettning, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Degreaser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Sanego AB</x:v>
-[...121 lines deleted...]
-        <x:v>6</x:v>
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F22 Foma Degreaser, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>InnovaTeam AB</x:v>
-[...411 lines deleted...]
-      <x:c t="str">
         <x:v/>
       </x:c>
-      <x:c t="str">
-[...26 lines deleted...]
-        <x:v>6</x:v>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F22 Foma Degreaser, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Autosmart International Ltd</x:v>
-[...123 lines deleted...]
-      <x:c t="str">
         <x:v/>
-      </x:c>
-[...13543 lines deleted...]
-        <x:v>Landskrona</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>