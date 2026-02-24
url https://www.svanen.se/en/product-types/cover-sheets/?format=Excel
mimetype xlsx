--- v0 (2025-12-31)
+++ v1 (2026-02-24)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87ed2b2b2eb341c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46c0d322fe794364" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R276d56e938554ad7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R345f3971e41e4ad9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R276d56e938554ad7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R345f3971e41e4ad9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -900,50 +900,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Cover sheets</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>955155255 Easitex barriärlakan Stark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Cellcombi Skyddslakan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cover sheets</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cellcomb AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cellcomb AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Åmålsvägen 13</x:v>
@@ -1444,339 +1476,371 @@
       </x:c>
       <x:c t="str">
         <x:v>Cover sheets</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EasiTex</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gunnar Engstrand AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kommendörsgatan 37</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>ASAP Føde Drytop Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2023 0046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Asap Norway</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASAP-Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bataljonvegen 30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SKIEN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>ASAP Drytop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2023 0046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cover sheets</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Asap Norway</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ASAP-Norway AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bataljonvegen 30</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SKIEN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ASAP Føde Drytop Medium</x:v>
+        <x:v>Attends Cover Dri Super 60 x 90, 72 pcs (205617)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASAP Jona 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2023 0046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cover sheets</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Asap Norway</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ASAP-Norway AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bataljonvegen 30</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SKIEN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Cover Dri Super 60 x 90, 72 pcs (205617)</x:v>
+        <x:v>95180235 Easitex engångslakan Stark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>95580130 Easitex barriärlakan Stark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Helmi Baby Mats, 5 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helmi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cellcombi Slide Eco 393-serien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åmålsvägen 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Säffle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Cover Dri Plus 80 x 170, 120 pcs (204030)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cover sheets</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ASAP Jona 200</x:v>
-[...63 lines deleted...]
-        <x:v>95180235 Easitex engångslakan Stark</x:v>
+        <x:v>95580235 Easitex barriärlakan Stark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0116</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cover sheets</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EasiTex</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gunnar Engstrand AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kommendörsgatan 37</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>95580130 Easitex barriärlakan Stark</x:v>
-[...95 lines deleted...]
-        <x:v>95580235 Easitex barriärlakan Stark</x:v>
+        <x:v>95580255 Easitex barriärlakan Stark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0116</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cover sheets</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EasiTex</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gunnar Engstrand AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kommendörsgatan 37</x:v>
       </x:c>