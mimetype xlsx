--- v0 (2025-12-16)
+++ v1 (2026-02-11)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3444802b9d6b458e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re42896a4161a4e67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rff69cc85812c4337"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R625370d9feff46cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rff69cc85812c4337" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R625370d9feff46cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -2084,3022 +2084,3118 @@
       </x:c>
       <x:c t="str">
         <x:v>Couch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa Baltic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bijunu Street 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kaunas</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>S0082-1½ section armrest Left TD (120)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0082-2½OpenEnd Left TD (309)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0464-4 sofa (1 cush) LC TD (306.1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0464-4 sofa (2 cush) LC TD (306.2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0464-3Chaislong Right LC TD (314)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0464-4Chaislong Left LC TD (386)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svan 2-sits m/öppna armstöd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alba 3-sits med gavelfyllning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alba 2-sits med gavelfyllning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>S0378-2 sofa TD (303)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0104</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa Baltic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bijunu Street 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kaunas</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>S0082-1½ section armrest Left TD (120)</x:v>
-[...191 lines deleted...]
-        <x:v>Svan 2-sits m/öppna armstöd</x:v>
+        <x:v>S0082-Chaislong armrest Left TD (123)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0082-Chaislong armrest Right TD (124)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mio Harper 3-sits med divan vänster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mio Bellora 1,5-sits utan armstöd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mio Bellora 1,5-sits, armstöd höger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mio Willow 3-sits med divan höger fast klädsel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mio Willow 4-sits med schäslong  höger avtagbar klädsel med kappa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Timeout bänk, 1-sits </x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Alba 3-sits med gavelfyllning</x:v>
+        <x:v>Kayto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0140</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tenksom</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IL Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blommevej 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Randers</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0001-3OpenEnd Left TD (311)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0024-1 section armrest Right TD (119)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordia 1-sits m/öppna armstöd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Alba 2-sits med gavelfyllning</x:v>
+        <x:v>S0464-4 sofa (1 cush) FC TD (306.1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0464-3 Open End Right FC TD (312)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0464-4 Open End Left FC TD (353)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0464-3Chaislong Right FC TD (314)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0464-4Chaislong Right FC TD (387)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0022-3 sofa TD (305)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AARHUS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0140</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BoConcept</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IL Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blommevej 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Randers</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alba 3-sits</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>S0082-Chaislong armrest Left TD (123)</x:v>
-[...63 lines deleted...]
-        <x:v>Mio Harper 3-sits med divan vänster</x:v>
+        <x:v>Boble fåtölj m/klädd armstöd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0082-3 sofa TD (305)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0082-Cornersofa 3H2 TD (317)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0082-2½ sofa TD (304)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0082-Corner90 TD (107)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo 2-sits m/klädd armstöd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mio Harper 3-sits, hel dyna</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0104</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mio</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa Baltic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bijunu Street 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kaunas</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Mio Bellora 1,5-sits utan armstöd</x:v>
+        <x:v>Mio Harper 3-sits med divan höger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0104</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mio</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa Baltic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bijunu Street 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kaunas</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Mio Bellora 1,5-sits, armstöd höger</x:v>
+        <x:v>Mio Harper Nackstöd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0104</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mio</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa Baltic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bijunu Street 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kaunas</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Mio Willow 3-sits med divan höger fast klädsel</x:v>
+        <x:v>Mio Willow 4-sits med divan vänster fast klädsel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0104</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mio</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa Baltic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bijunu Street 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kaunas</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Mio Willow 4-sits med schäslong  höger avtagbar klädsel med kappa</x:v>
+        <x:v>Mio Willow 4-sits med divan vänster avtagbar klädsel med kappa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0104</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mio</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa Baltic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bijunu Street 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kaunas</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Timeout bänk, 1-sits </x:v>
+        <x:v>Mio Willow 4-sits med schäslong  vänster fast klädsel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Timeout 1-sits m/armstöd </x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kayto</x:v>
+        <x:v>Timeout 3-sits m/armstöd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Timeout bänk, 2-sits</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vittus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0140</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tenksom</x:v>
       </x:c>
       <x:c t="str">
         <x:v>IL Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Blommevej 38</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Randers</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>S0001-3OpenEnd Left TD (311)</x:v>
-[...63 lines deleted...]
-        <x:v>Nordia 1-sits m/öppna armstöd</x:v>
+        <x:v>S0024-Chaislong turnable (no arm) TD (125)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0464-3 Open End Left FC TD (311)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boble 3-sits m/klädd armstöd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>S0464-4 sofa (1 cush) FC TD (306.1)</x:v>
-[...223 lines deleted...]
-        <x:v>Alba 3-sits</x:v>
+        <x:v>S0082-3Chaislong Left TD (313)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0082-1½ section TD (102)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0082-OpenEnd Left TD (110)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0082-Armplate (114/115)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo 3-sits m/klädd armstöd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Boble fåtölj m/klädd armstöd</x:v>
+        <x:v>Mio Bellora 1-sits, armstöd höger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mio Bellora Hörn 90°</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mio Bellora Schäslong</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mio Willow 3-sits med schäslong vänster avtagbar klädsel med kappa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mio Willow 3-sits med schäslong höger avtagbar klädsel med kappa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mio Pieces 1-sits utan armstöd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0024-Chaislong armrest Left TD (123)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0082-2½OpenEnd Right TD (310)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0082-1½ section armrest Right TD (121)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duun 1-sits m/öppna armstöd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>S0082-3 sofa TD (305)</x:v>
-[...127 lines deleted...]
-        <x:v>Mio Harper 3-sits, hel dyna</x:v>
+        <x:v>Duun 3-sits m/öppna armstöd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Timeout 2-sits u/armstöd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Timeout 3-sits u/armstöd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0001-3Chaislong XL Left TD (386)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0001-3Chaislong XL Right TD (387)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0001-3XLChaislong Right TD (336)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0001-3XLChaislong Left TD (335)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0024-1 section TD (101)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0024-1½ section TD (102)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mio Harper 3-sits XL med schäslong XL vänster</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0104</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mio</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa Baltic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bijunu Street 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kaunas</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Mio Harper 3-sits med divan höger</x:v>
+        <x:v>Mio Harper 3-sits XL med schäslong XL höger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0104</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mio</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa Baltic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bijunu Street 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kaunas</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Mio Harper Nackstöd</x:v>
+        <x:v>Mio Bellora Schäslong utan armstöd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0104</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mio</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa Baltic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bijunu Street 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kaunas</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Mio Willow 4-sits med divan vänster fast klädsel</x:v>
+        <x:v>Mio Willow Nackkudde</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0104</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mio</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa Baltic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bijunu Street 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kaunas</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Mio Willow 4-sits med divan vänster avtagbar klädsel med kappa</x:v>
-[...63 lines deleted...]
-        <x:v>Timeout 1-sits m/armstöd </x:v>
+        <x:v>Pan 3-sits m/klädd armstöd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Timeout 3-sits m/armstöd</x:v>
+        <x:v>S0024-1½ section armrest Right TD (121)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0024-Corner90 TD (107)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0024-1Chaislong with armrests TD (130)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0464-3 sofa (2 cush) LC TD (305.2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0464-3 Open End Left LC TD (311)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0022-4 sofa TD (331)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svan fåtölj m/öppna armstöd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Timeout bänk, 2-sits</x:v>
+        <x:v>Alba 1-sits med gavelfyllning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vittus</x:v>
-[...95 lines deleted...]
-        <x:v>Boble 3-sits m/klädd armstöd</x:v>
+        <x:v>Alba 1-sits</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>S0082-3Chaislong Left TD (313)</x:v>
-[...415 lines deleted...]
-        <x:v>Duun 1-sits m/öppna armstöd</x:v>
+        <x:v>Alba 2-sits</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Duun 3-sits m/öppna armstöd</x:v>
+        <x:v>S0082-3Chaislong Right TD (314)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0082-Cornersofa 2H3-chaislong Left TD (321)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0082-Cornersofa 1½H2½ TD (320)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0082-2½ section armrest Right TD (129)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0082-OpenEnd Right TD (111)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0082-3 section TD (105)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0082-3 section armrest Left TD (133)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo fåtölj m/klädd armstöd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stordal</x:v>
-      </x:c>
-[...958 lines deleted...]
-        <x:v>Kaunas</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Mio Harper 4-sits 3 plym</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0104</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mio</x:v>
       </x:c>
       <x:c t="str">