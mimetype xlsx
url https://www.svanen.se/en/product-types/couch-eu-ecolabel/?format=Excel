--- v0 (2025-12-16)
+++ v1 (2026-02-11)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R115c97ba985d4456" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2673433a151248e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R9b4b3944f8ec46f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rbd0645b9ffe94293"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9b4b3944f8ec46f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbd0645b9ffe94293" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -132,50 +132,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Couch (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Takt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kvist Industries A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Siggårdsvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Årre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Thorvald Outdoor Lounge Sofa SC110 Bronze Green frame</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Carmo 2-seater with right arm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/059</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Carmo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BoConcept A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mørupvej 16</x:v>
@@ -1060,50 +1092,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Couch (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Takt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kvist Industries A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Siggårdsvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Årre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Thorvald Outdoor Lounge Sofa SC110 Ivory frame</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Arbour ECO 2-seater</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/051</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havnen 1</x:v>
@@ -1248,30 +1312,62 @@
         <x:v>DK/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Couch (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Takt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kvist Industries A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Siggårdsvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorvald Outdoor Lounge Sofa SC110 Warm Black frame</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Couch (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>