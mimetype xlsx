--- v0 (2025-12-15)
+++ v1 (2026-02-13)
@@ -1,85 +1,117 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc218fd2654fa41ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6929541a90364323" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R51ea4fbba00f46bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R8a23db94881d49d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R51ea4fbba00f46bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8a23db94881d49d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>ICA Basic SWAN 80 Cotton Round Pads (ICA Bsc Bomullspads 80-p)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0106</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Basic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SEPTONA SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>THESI LYSIA INOFITA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INOFITA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Saklart Bomullspinnar 200st</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5023 0065</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cotton wool and cotton buds</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Såklart</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lemoine France SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ZI Le C.I.R.I.A.M.</x:v>
@@ -192,82 +224,50 @@
         <x:v>3023 0042</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cotton wool and cotton buds</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Topz</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ataşehir, Istanbul</x:v>
-      </x:c>
-[...30 lines deleted...]
-        <x:v>INOFITA</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Åhléns Ekologiske bomullspinnar, 200 st</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5023 0065</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cotton wool and cotton buds</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Åhléns</x:v>
       </x:c>
       <x:c t="str">