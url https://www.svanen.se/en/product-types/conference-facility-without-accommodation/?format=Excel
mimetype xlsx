--- v0 (2025-12-24)
+++ v1 (2026-02-17)
@@ -1,750 +1,750 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5619b90f6cb748a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05e4d95e44274beb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R5bf9713eb1614243"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R2a3d3a39dc3445fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5bf9713eb1614243" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2a3d3a39dc3445fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Kulturens Hus i Luleå, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kulturens hus i Umeå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luleå Kommun, Kultur- och Fritidsförvaltningen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 50001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luleå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Karlstad CCC - Visit Karlstad AB, Konferens</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3110 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Conference facility without accommodation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>110 Food services and conference facilities (without accommodation)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Karlstad CCC</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Karlstad CCC - Visit Karlstad AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tage Erlandergatan 8A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Karlstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kulturens Hus i Luleå, Konferens</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>World Trade Center Stockholm, Konferens</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3110 0038</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Conference facility without accommodation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>110 Food services and conference facilities (without accommodation)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>World Trade Center</x:v>
       </x:c>
       <x:c t="str">
         <x:v>World Trade Center Restaurang</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70354</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>7A Odenplan, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7A Odenplan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odenplan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Brygghuset, Konferens</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3110 0054</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Conference facility without accommodation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>110 Food services and conference facilities (without accommodation)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brygghuset</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brygghuset</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>7A Odenplan, Konferens</x:v>
-[...2 lines deleted...]
-        <x:v>3110 0086</x:v>
+        <x:v>Sankt Gertrud Konferens, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0144</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>S:t Gertrud Konferens &amp; Restaurang AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östergatan 7b</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Östergårds Mat Fest &amp; Möten, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östergårds Mat Fest &amp; Möten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderydsvägen 144</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Münchenbryggeriet Event &amp; Konferens, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Münchenbryggeriet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Münchenbryggeriet Event &amp; Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170 60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klara</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klara</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klara</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klarabergsviadukten 90</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>High Court, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HighCourt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>High Court</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmöhusvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>United Spaces Solna Strand, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0131</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>United Spaces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>United Spaces Solna Strand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gävle Konserthus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gävle Konserthus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gävle Konserthus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kultur &amp; Fritid Gävle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gävle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Visit Linköping &amp; Co AB, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Visit Linköping</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping Konsert &amp; Kongress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1397</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>United Spaces Torsgatan, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>United Spaces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>United Spaces Torsgatan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Citykonferensen / Ingenjörshuset, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Citykonferensen / Ingenjörshuset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Citykonferensen / Ingenjörshuset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1419</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STOCKHOLM</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Umeå Folkets Hus, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå Folkets Hus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå Folkets Hus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 466</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Usine Conference</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Usine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Festivus konferens AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Södermalmsallén 36-38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>United Spaces Götgatsbacken, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0128</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>United Spaces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>United Spaces Götgatsbacken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>United Spaces Lindholmen, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>United Spaces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>United Spaces Lindholmen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Uppsala Konsert och Kongress, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uppsala Konsert och Kongres</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uppsala Konsert &amp; Kongress AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaksala torg 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uppsala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>7A Posthuset, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0087</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Conference facility without accommodation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>110 Food services and conference facilities (without accommodation)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7A</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>7A Odenplan</x:v>
-[...478 lines deleted...]
-      <x:c t="str">
         <x:v>7A Posthuset</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vasagatan 28</x:v>
-      </x:c>
-[...30 lines deleted...]
-        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>United Spaces Östra Hamngatan, Konferens</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3110 0137</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Conference facility without accommodation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>110 Food services and conference facilities (without accommodation)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">