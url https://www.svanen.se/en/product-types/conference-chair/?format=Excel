--- v0 (2026-01-22)
+++ v1 (2026-03-24)
@@ -1,214 +1,214 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88bb6a4ac2794b89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ac7cfd1aa034cb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R4c05c6686d654cc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R7187cf1c784c4f13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4c05c6686d654cc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7187cf1c784c4f13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>5032, CHAIR, Stackable chair, seat and back rest made of plywood beech 7mm. Chair tube Ø22 or Ø28 mm, cm 30x27x31h, cm 35x32x35/38h, cm 39x39x43/46h, cm 40x42x51h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5022, CHAIR, Stackable chair, seat and back rest made of plywood beech 7mm. Chair tube Ø25 mm, cm 38x28x31h, cm 38x32x35/38h, cm 40x39x43/46/51h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5031, CHAIR, Stackable chair, seat and back rest made of plywood beech 7mm. Chair tube Ø28 mm, cm 35x32x38h, cm 39x39x43/46h, cm 40x42x51h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5056, CHAIR, Stackable chair, seat and back rest made of plywood beech 7mm. Chair tube Ø22 mm, cm 30x27x21/26/31h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>5055, CHAIR, Stackable child chair made with solid wood, cm 32x30x21h, cm 36x32x26/31h, cm 42x38x46h</x:v>
-      </x:c>
-[...126 lines deleted...]
-        <x:v>5022, CHAIR, Stackable chair, seat and back rest made of plywood beech 7mm. Chair tube Ø25 mm, cm 38x28x31h, cm 38x32x35/38h, cm 40x39x43/46/51h</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0119</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Conference chair</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vastarredo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vastarredo Srl</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Osca, 67</x:v>
       </x:c>