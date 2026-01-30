--- v0 (2025-12-16)
+++ v1 (2026-01-30)
@@ -1,85 +1,149 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2db88b1bc904185" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16d65f98feed4856" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Ra5b21cb264424165"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R0d6330f7be1b41f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra5b21cb264424165" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0d6330f7be1b41f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Conditioner, refillable pump dispenser 480ml (P500RC2AY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anyah, Conditioner, 5 liters tank (TB5LC2AY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anyah</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Cien Sensitive Conditioner, 275 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0080</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Conditioner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cien</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lidl Sverige KB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 4093</x:v>
@@ -836,4654 +900,4686 @@
       </x:c>
       <x:c t="str">
         <x:v>Conditioner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Eco by Green Culture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ADA International s.r.o.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Podlesí 53</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holice</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Conditioner, refillable pump dispenser 480ml (P500RC2AY)</x:v>
+        <x:v>Matas Striber Curly 2 Silk Protein Conditioner uden parfume, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natulique Spray &amp; Leave moisture repair Conditioner, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0097, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natulique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Hyaluron Leave-in Balsamspray, 200 ml - 20002538</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma SUPREME UV HAIR PROTECTION &amp; TREATMENT, 150 ml - 26001302</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esteban Conditioner (D-10628), 3 l (refill jerrycan)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esteban Conditioner (D-10628), 10 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Curl Build M+ Conditioner, med parfume, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cien Sensitive Conditioner, 450 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Superfruit Blueberry + Sea Buckthorn Conditioner, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bea Pro Swan 100 ml Hårbalsam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bea Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dharmazone Eco Hair Conditioner, 30 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dharmazone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Balsam u/p, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Love Conditioner med parfume, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus Love</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sensitive for you Balsam Utan Parfym, 300 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sensitive for you</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner DEEP Wood NO. 08, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Power Protein Conditioner, 50 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Smooth Conditioner, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Smooth Conditioner, 1000 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Balsam u/p, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure-n-nice Moist Conditioner, 1000 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pure-n-Nice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner Cactus no. 18, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner SWEET SENSE No. 05, 2500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner DEEP WOOD No. 08, 2500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Sense Conditioner, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Conditioner (D-10628), 300 ml (Cannes dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Family Softening Conditioner, 350 ml - 26001105</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Striber Collagen Conditioner, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hopal Conditioner, 30 ml (TJ01CHP)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Conditioner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Hopal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hopal Conditioner, 360 ml (PCYR360CHP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hopal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Conditioner Spray Leave In, 200 ml – 20002003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner PURE NO. 02, 785 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Soft Conditioner, 1000 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Soft Conditioner, 250 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure-n-nice moist conditioner med parfume, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pure-n-Nice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner PURE NO. 02, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Moisture Conditioner, 250 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Moisture Conditioner, 1000 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeCare Naturally Conditioner, 480 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner Menthol no. 11, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Sense Conditioner, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Conditioner Cactus Pure no. 21, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bea Pro Swan 200 ml Hårbalsam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bea Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Conditioner (D-10628), 300 ml (Shape dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natulique Curls &amp; Waves Conditioner, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natulique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESTEBAN Enriching Conditioner (D-10627), 50 ml (bottle Prague)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Curl - Build M&amp;P conditioner UP, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Curl - Build M&amp;P conditioner MP, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturigin Thickness Booster Conditioner, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturigin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Family Softening Conditioner, 200 ml - 26001117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture Conditioner (D-11881), 10 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think Act &amp; Live Responsible Conditioner (D-11915), 10 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think Act &amp; Live Responsible Conditioner (D-11915), 300 ml (Shape dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Curl Build M+ Conditioner, med parfume, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Curl Build M+ Conditioner, uden parfume, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Hyaluron Conditioner, 500 ml - 20002449</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nathalie Digby Conditioner, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0339, 5090 0066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nathalie</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Soft And Smooth – Leave in Conditioner, 150 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Conditioner, Anyah, pump dispenser 480ml (P500R_RC2AY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anyah</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Conditioner - 1000ml dispenso</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0410, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Solution Reduce Hair Loss Conditioner Fragrance Free, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esteban Conditioner (D-10628), 300 ml (Shape dispenser), rf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think Act &amp; Live Responsible Conditioner (D-11915), 300 ml (SmartCare dispenser), rf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Forever Soft Conditioner, 390 ml - 22000197</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0045, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Conditioner (D-10628), 50 ml (bottle)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Conditioner Cactus Pure no. 21, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner Pure no. 02, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Curl - Build M&amp;P conditioner UP, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Meraki Pure Basic Conditioner, 490 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturigin Thickness Booster Growth Conditioner, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturigin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Balsam Normal med parfym, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0214</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aroma AD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>12 Kiril Blagoev Str.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Balsam refill m/p, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Power Protein Conditioner, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Balsam m/p, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Balsam u/p, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Soft Conditioner, 50 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Soft Conditioner, 250 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Soft Conditioner, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Conditioner - 1000ml bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0410, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing Leave In Conditioner, Fragrance Free, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Hair Snap – Leave in Conditioner, 150 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Balsam m/p, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dharmazone Eco Hair Conditioner, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dharmazone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Moisture Conditioner, 250 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Moisture Conditioner, 1000 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Smooth Conditioner, 50 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Smooth Conditioner, 250 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Smooth Conditioner, 250 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Conditioner (D-10628), 30 ml (bottle)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner Sweet Sense no. 05, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner Cactus no. 18, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner Cactus no. 18, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bea Pro Swan 500 ml Hårbalsam Pump</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bea Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think, act and live responsible Conditioner (D-11915), 3 l (refill jerrycan)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dermaknowlogy Conditioner, 290 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaKnowlogy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoestic Pro Hair Care Conditioner, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoestic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Curl Build M+ Conditioner, uden parfume, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>eqderma Moisturizing Conditioner, 400 ml (15708)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>eqderma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Conditioner WeCare, 300 ml (Stadsing A/S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Curly 2 Conditioner fragrance free, 75 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>eqderma Moisturizing Conditioner, 5 l (15709)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>eqderma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Power Protein Conditioner, 250 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Conditioner Normal, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0214</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aroma AD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>12 Kiril Blagoev Str.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure-n-nice moist conditioner uden parfume, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pure-n-Nice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dharmazone Nordic Consciousness Conditioner, 30 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dharmazone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare, Conditioner (D-10483), 30 ml (Bottle Tofino)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner Sweet Sense no. 05, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner PURE No. 02, 2500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner Deep Wood no. 08, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mevolution Sensitive Conditioner, 275 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mevolution</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bea Pro Swan 60 ml Hårbalsam </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bea Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natulique Hair Bond Conditioner, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natulique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mums With Love Conditioner, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mums with love</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Family Softening Conditioner, 800 ml - 20001970</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Consciousness Conditioner, 375 ml (2693-1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dharmazone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Conditioner - 600ml bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0410, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare Conditioner (D-11539), 5 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esteban Enriching Conditioner (D-10628), 300 ml (Cannes dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing Conditioner Fragrance Free, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Curl Build M+ Conditioner, uden parfume, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think Act &amp; Live Responsible Conditioner (D-11915), 300 ml (Shape dispenser), rf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esteban Conditioner (D-10628), 300 ml (Shape dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Björk Parfymfri Conditioner, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0426</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
+        <x:v>Hardford AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1213</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Forever Soft Conditioner, 500 ml - 20002480</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0045, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Conditioner, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0025, 5090 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørestads Boulevard 73</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Power Protein Conditioner, 1000 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Power Protein Conditioner, 1000 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner SWEET SENSE NO. 05, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner DEEP WOOD NO. 08, 785 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner SWEET SENSE NO. 05, 785 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Power Protein Conditioner, 250 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Balsam refill u/p, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Smooth Conditioner, 1000 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Balsam refill u/p, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Conditioner (D-10628),  3 l (refill jerrycan)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner Pure no. 02, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner Sweet Sense no. 05, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Eco Softening Conditioner, 250 ml - 20002195</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture Conditioner (D-11881), 300 ml (Shape dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mums With Love Conditioner, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mums with love</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Consciousness Conditioner, 30 ml (263-1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dharmazone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Curly 2 Nourishing Conditioner Fragrance Free, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Moisturizing Conditioner, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing Leave-in Conditioner fragrance free, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>eqderma Moisturizing Conditioner, 505 ml (15710)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>eqderma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anyah, Conditioner, pump dispenser, 370 ml  (P370LR_C2AY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0218, 3090 0416, 3090 0415, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anyah</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>GFL SA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Sorengo 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lugano (CH)</x:v>
-      </x:c>
-[...4574 lines deleted...]
-        <x:v>Graested</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Matas Striber Hyaluron Leave-In Treatment, 150 ml - 20002450</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0094, 5090 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Conditioner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Matas Striber</x:v>
       </x:c>
       <x:c t="str">