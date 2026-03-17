--- v1 (2026-01-30)
+++ v2 (2026-03-17)
@@ -1,85 +1,693 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16d65f98feed4856" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8116d034a7494a1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R0d6330f7be1b41f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R1e6e928fcf4c496c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0d6330f7be1b41f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1e6e928fcf4c496c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Cien Sensitive Conditioner, 275 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lidl Sverige KB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 4093</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dharmazone ECO Hair Conditioner, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dharmazone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Balsam refill m/p, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Balsam refill u/p, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture, Hair Conditioner, 300 ml (Press&amp;Wash dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Love Conditioner med parfume, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus Love</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Woman Balsam, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Balsam m/p, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Balsam refill m/p, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure-n-nice Moist Conditioner, 1000 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pure-n-Nice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner Deep Wood no. 08, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner Menthol no. 11, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Shampoo DEEP WOOD No. 07, 2500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner CACTUS No. 18, 2500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner Pure no. 02, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner Menthol no. 11, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think, act and live responsible Conditioner (D-11915), 300 ml (Cannes dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think, act and live responsible Conditioner (D-11915), 300 ml (SmartCare dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Curl - Build M&amp;P conditioner UP, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Conditioner, refillable pump dispenser 480ml (P500RC2AY)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Conditioner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>GFL SA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Sorengo 1</x:v>
@@ -100,6426 +708,5818 @@
       </x:c>
       <x:c t="str">
         <x:v>Conditioner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Anyah</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GFL SA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Sorengo 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lugano (CH)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Cien Sensitive Conditioner, 275 ml</x:v>
+        <x:v>Abena Conditioner - 500ml bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0410, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Conditioner - 5000ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0410, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing Conditioner Fragrance Free, 80 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Superfruit Goji Berry + Aloe Vera Conditioner, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Boutique Conditioner (D-10628), 300 ml (Shape dispenser), rf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture Conditioner (D-11881), 300 ml (Shape dispenser), rf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Curly 2 Silk Protein Conditioner uden parfume, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Power Protein Conditioner, 50 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dharmazone Eco Hair Conditioner, 30 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dharmazone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Balsam u/p, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Love Conditioner med parfume, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus Love</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sensitive for you Balsam Utan Parfym, 300 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0080</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Conditioner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Sensitive for you</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Striber Collagen Conditioner, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner DEEP Wood NO. 08, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Smooth Conditioner, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Smooth Conditioner, 1000 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Balsam u/p, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hopal Conditioner, 30 ml (TJ01CHP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hopal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure-n-nice Moist Conditioner, 1000 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pure-n-Nice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natulique Spray &amp; Leave moisture repair Conditioner, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0097, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natulique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner Cactus no. 18, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner SWEET SENSE No. 05, 2500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner DEEP WOOD No. 08, 2500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Sense Conditioner, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hopal Conditioner, 360 ml (PCYR360CHP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hopal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Conditioner (D-10628), 300 ml (Cannes dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Family Softening Conditioner, 350 ml - 26001105</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esteban Conditioner (D-10628), 3 l (refill jerrycan)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esteban Conditioner (D-10628), 10 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Curl Build M+ Conditioner, med parfume, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cien Sensitive Conditioner, 450 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Cien</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Lidl Sverige KB</x:v>
-[...10 lines deleted...]
-        <x:v>Dharmazone ECO Hair Conditioner, 100 ml</x:v>
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Superfruit Blueberry + Sea Buckthorn Conditioner, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Hyaluron Leave-in Balsamspray, 200 ml - 20002538</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma SUPREME UV HAIR PROTECTION &amp; TREATMENT, 150 ml - 26001302</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bea Pro Swan 100 ml Hårbalsam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0199, 4090 0199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bea Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner PURE NO. 02, 785 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner PURE NO. 02, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Moisture Conditioner, 250 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Moisture Conditioner, 1000 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Soft Conditioner, 1000 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Soft Conditioner, 250 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure-n-nice moist conditioner med parfume, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pure-n-Nice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeCare Naturally Conditioner, 480 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner Menthol no. 11, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Sense Conditioner, 1000 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0040, 5090 0040</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Conditioner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Nordic Sense</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Conditioner Cactus Pure no. 21, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Conditioner (D-10628), 300 ml (Shape dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natulique Curls &amp; Waves Conditioner, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natulique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESTEBAN Enriching Conditioner (D-10627), 50 ml (bottle Prague)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Curl - Build M&amp;P conditioner UP, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Curl - Build M&amp;P conditioner MP, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturigin Thickness Booster Conditioner, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturigin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Family Softening Conditioner, 200 ml - 26001117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Conditioner Spray Leave In, 200 ml – 20002003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture Conditioner (D-11881), 10 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think Act &amp; Live Responsible Conditioner (D-11915), 10 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think Act &amp; Live Responsible Conditioner (D-11915), 300 ml (Shape dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Curl Build M+ Conditioner, med parfume, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Curl Build M+ Conditioner, uden parfume, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Hyaluron Conditioner, 500 ml - 20002449</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bea Pro Swan 200 ml Hårbalsam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0199, 4090 0199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bea Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Curl - Build M&amp;P conditioner UP, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Meraki Pure Basic Conditioner, 490 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Conditioner, Anyah, pump dispenser 480ml (P500R_RC2AY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anyah</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturigin Thickness Booster Growth Conditioner, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturigin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Conditioner - 1000ml bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0410, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Conditioner - 1000ml dispenso</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0410, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Solution Reduce Hair Loss Conditioner Fragrance Free, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esteban Conditioner (D-10628), 300 ml (Shape dispenser), rf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think Act &amp; Live Responsible Conditioner (D-11915), 300 ml (SmartCare dispenser), rf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Forever Soft Conditioner, 390 ml - 22000197</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0045, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Power Protein Conditioner, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Soft Conditioner, 250 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Soft And Smooth – Leave in Conditioner, 150 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Balsam m/p, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Balsam u/p, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Balsam refill m/p, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Soft Conditioner, 50 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Soft Conditioner, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Conditioner (D-10628), 50 ml (bottle)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nathalie Digby Conditioner, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0339, 5090 0066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nathalie</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner Pure no. 02, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Balsam Normal med parfym, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0214</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aroma AD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>12 Kiril Blagoev Str.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Conditioner Cactus Pure no. 21, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dermaknowlogy Conditioner, 290 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaKnowlogy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Curly 2 Conditioner fragrance free, 75 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoestic Pro Hair Care Conditioner, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoestic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Curl Build M+ Conditioner, uden parfume, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing Leave In Conditioner, Fragrance Free, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>eqderma Moisturizing Conditioner, 400 ml (15708)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>eqderma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>eqderma Moisturizing Conditioner, 5 l (15709)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>eqderma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Moisture Conditioner, 250 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Moisture Conditioner, 1000 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Hair Snap – Leave in Conditioner, 150 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Balsam m/p, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dharmazone Eco Hair Conditioner, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Dharmazone</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Sense A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mads Clausens Vej 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Silkeborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Yasuragi Balsam refill m/p, 5 l</x:v>
+        <x:v>Ingredien Smooth Conditioner, 50 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Smooth Conditioner, 250 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Smooth Conditioner, 250 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Conditioner WeCare, 300 ml (Stadsing A/S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Conditioner (D-10628), 30 ml (bottle)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner Sweet Sense no. 05, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner Cactus no. 18, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner Cactus no. 18, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think, act and live responsible Conditioner (D-11915), 3 l (refill jerrycan)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bea Pro Swan 500 ml Hårbalsam Pump</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0199, 4090 0199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bea Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Conditioner, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0025, 5090 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørestads Boulevard 73</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Power Protein Conditioner, 1000 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Power Protein Conditioner, 1000 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Power Protein Conditioner, 250 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Conditioner Normal, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0214</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aroma AD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>12 Kiril Blagoev Str.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure-n-nice moist conditioner uden parfume, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pure-n-Nice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dharmazone Nordic Consciousness Conditioner, 30 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dharmazone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare, Conditioner (D-10483), 30 ml (Bottle Tofino)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner Sweet Sense no. 05, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner PURE No. 02, 2500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner Deep Wood no. 08, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mevolution Sensitive Conditioner, 275 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mevolution</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natulique Hair Bond Conditioner, 250 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Conditioner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Natulique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mums With Love Conditioner, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mums with love</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Family Softening Conditioner, 800 ml - 20001970</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Consciousness Conditioner, 375 ml (2693-1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dharmazone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Conditioner - 600ml bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0410, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare Conditioner (D-11539), 5 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esteban Enriching Conditioner (D-10628), 300 ml (Cannes dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing Conditioner Fragrance Free, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Curl Build M+ Conditioner, uden parfume, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think Act &amp; Live Responsible Conditioner (D-11915), 300 ml (Shape dispenser), rf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esteban Conditioner (D-10628), 300 ml (Shape dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Björk Parfymfri Conditioner, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0426</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hardford AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1213</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Forever Soft Conditioner, 500 ml - 20002480</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0045, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bea Pro Swan 60 ml Hårbalsam </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0199, 4090 0199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bea Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner SWEET SENSE NO. 05, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner DEEP WOOD NO. 08, 785 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner SWEET SENSE NO. 05, 785 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Power Protein Conditioner, 250 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Balsam refill u/p, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Yasuragi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Allison A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hjortkærvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bramming</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Yasuragi Balsam refill u/p, 5 l</x:v>
+        <x:v>Ingredien Smooth Conditioner, 1000 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Balsam refill u/p, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Conditioner (D-10628),  3 l (refill jerrycan)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner Pure no. 02, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner Sweet Sense no. 05, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Eco Softening Conditioner, 250 ml - 20002195</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture Conditioner (D-11881), 300 ml (Shape dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mums With Love Conditioner, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mums with love</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Consciousness Conditioner, 30 ml (263-1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dharmazone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Curly 2 Nourishing Conditioner Fragrance Free, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Moisturizing Conditioner, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing Leave-in Conditioner fragrance free, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>eqderma Moisturizing Conditioner, 505 ml (15710)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>eqderma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anyah, Conditioner, pump dispenser, 370 ml  (P370LR_C2AY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0218, 3090 0416, 3090 0415, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anyah</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner DEEP WOOD NO. 08, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner PURE NO. 02, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Moisture Conditioner, 50 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Soft Conditioner, 1000 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Soft And Smooth – Leave in Conditioner, 150 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Hair Snap – Leave in Conditioner, 150 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture, Hair Conditioner, 300 ml (Smart Care dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture, Hair Conditioner, 30 ml (Bottle)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Balsam, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Balsam uden parfume, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Love Conditioner med parfume, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Conditioner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Yasuragi</x:v>
+        <x:v>Lotus Love</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Allison A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hjortkærvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bramming</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Eco by Green Culture, Hair Conditioner, 300 ml (Press&amp;Wash dispenser)</x:v>
+        <x:v>Eco by Green Culture, Conditioner, 30 ml (Tube)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0263</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Conditioner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Eco by Green Culture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ADA Cosmetics International GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rastatter Strasse 2A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kehl</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lotus Love Conditioner med parfume, 100 ml</x:v>
-[...49 lines deleted...]
-        <x:v>Derma</x:v>
+        <x:v>Ingredien Moisture Conditioner, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dharmazone Nordic Consciousness Conditioner, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dharmazone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Boutique Conditioner, 300 ml (Smart Care dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner Deep Wood no. 08, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Conditioner MENTHOL No. 11, 2500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Sense Conditioner, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rovell Hotels Conditioner, 30 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rovell Hotels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esteban Conditioner, 30 ml (Prag)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESTEBAN Hand &amp; Body Wash (D-10626), 300 ml (Shape dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Curl - Build M&amp;P conditioner MP, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Curl - Build M&amp;P conditioner MP, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Conditioner, Anyah,  bottle 46ml (P52RC2AY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anyah</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Consciousness Conditioner, 5000 ml (259055-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dharmazone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Conditioner - 250ml bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0410, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Boutique Conditioner (D-10628), 10 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Curl Build M+ Conditioner, med parfume, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>eqderma Moisturizing Conditioner, 450 ml (15704)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>eqderma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Hyaluron Leave-In Treatment, 150 ml - 20002450</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conditioner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DermaPharm A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Europavej 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårup</x:v>
-      </x:c>
-[...6174 lines deleted...]
-        <x:v>Lugano (CH)</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>