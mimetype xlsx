--- v0 (2025-12-24)
+++ v1 (2026-02-11)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb79a059275944b0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6b4833e5a374704" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R7c0da2cc4a4a480c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R2b8d34ffaefd434c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7c0da2cc4a4a480c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2b8d34ffaefd434c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -388,50 +388,274 @@
       </x:c>
       <x:c t="str">
         <x:v>Climbing unit and section</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>UniPlay Swixy item. 8071739</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Climbing unit and section</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniPlay Swixy item. 8071913</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Climbing unit and section</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Adventure Glekse Klatre- och Lekställning, brun/röd, 14-100-014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Climbing unit and section</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>6-kant 2 Klatre- och Lekställning, grå/grön, 14-101-019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Climbing unit and section</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorium Monazitt Klatre- och Lekställning, grå/grön, 14-200-040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Climbing unit and section</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Varden Klatre- och Lekställning, brun/röd, 16-500-014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Climbing unit and section</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Løypa del 1 (1-8) Klatre- og lekeseksjon, grønn/sort, 30-861-015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Climbing unit and section</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Minken Klatre- og lekeseksjon, sort/sort, 31-400-091</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Climbing unit and section</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
@@ -516,206 +740,78 @@
       </x:c>
       <x:c t="str">
         <x:v>Climbing unit and section</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Adventure Glekse Klatre- och Lekställning, brun/röd, 14-100-014</x:v>
-[...154 lines deleted...]
-        <x:v>ULEFOSS</x:v>
+        <x:v>UniPlay Swixy item. 8071743</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Climbing unit and section</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Adventure Krinto Klatre- och Lekställning, brun/röd, 14-100-013</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Climbing unit and section</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
@@ -1700,595 +1796,627 @@
       </x:c>
       <x:c t="str">
         <x:v>Climbing unit and section</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lappset</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lappset Group Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PL 8146</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rovaniemi</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>UniPlay Swixy item. 8071904</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Climbing unit and section</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fjelltind 2 Klatre- og lekeseksjon, grønn/sort, 30-801-030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Climbing unit and section</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mini Balansslang, aktivitetsapparat, grön, 16-610-030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Climbing unit and section</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorium Proton Klatre- och Lekställning, grå/grön, 14-200-010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Climbing unit and section</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Ulefoss Lekställning, röd/grå, 11-290-001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Climbing unit and section</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Thorium Proton Klatre- och Lekställning, grå/grön, 14-200-010</x:v>
-[...94 lines deleted...]
-      <x:c t="str">
         <x:v>Adventure Rauland Klatre- och Lekställning, brun/röd, 14-100-011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Climbing unit and section</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Veslepiggen 2 Klatre- och Lekställning, grå/grön, 16-501-013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Climbing unit and section</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Adventure Vindsås, Klatre- och lekställning, grå/grön, 14-101-040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Climbing unit and section</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fjelltind 2 Klatre- og lekeseksjon, trestruktur/sort, 30-802-030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Climbing unit and section</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Løypa del 3 (23-31) Klatre- og lekeseksjon, grønn/sort, 30-861-017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Climbing unit and section</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mini Start, aktivitetsapparat, grå/grön, 16-600-120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Climbing unit and section</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mini Klätternät, aktivitetsapparat, grå/grön, 16-600-160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Climbing unit and section</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mini Klätternät lav, aktivitetsapparat, grå/grön, 16-600-170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Climbing unit and section</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mini Apestien, aktivitetsapparat, grön, 16-610-020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Climbing unit and section</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Adventure Gaustablikk 2 Klatre- och Lekställning, grå/grön, 14-101-020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Climbing unit and section</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Adventure Glekse 2 Klatre- och Lekställning, grå/grön, 14-101-014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Climbing unit and section</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Adventure Rauland 2 Klatre- och Lekställning, grå/grön, 14-101-011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Climbing unit and section</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Adventure Lifjell Klatre- och Lekställning, brun/röd, 14-100-012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Climbing unit and section</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Adventure Rauland 2 Klatre- och Lekställning, grå/grön, 14-101-011</x:v>
-[...94 lines deleted...]
-      <x:c t="str">
         <x:v>Glittertind Klatre- och Lekställning, brun/röd, 16-500-010</x:v>
-      </x:c>
-[...254 lines deleted...]
-        <x:v>Mini Apestien, aktivitetsapparat, grön, 16-610-020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Climbing unit and section</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>