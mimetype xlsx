--- v0 (2025-12-16)
+++ v1 (2026-02-11)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R181d9d20bd9543ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bef3e64bb01466f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R410bb54a5ad348a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Re8e949ae0329483d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R410bb54a5ad348a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re8e949ae0329483d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -3300,5466 +3300,5466 @@
       </x:c>
       <x:c t="str">
         <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU20 All purpose cleaners</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lyreco</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>TASKI Jontec 300 Pur-Eco AC 6x0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Sani 100 Pur-Eco AC 6x0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Room Care R3-plus Pur-Eco, 2x2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Room Care R1-Plus Fresh, 2x2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-Fuzion, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Xerotabs Kitchen Cleaning &amp; Descaler, 20 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Xerotabs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EZEE-Tabs Holding GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silberhofstrasse 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freiberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Xerotabs HD Cleaner &amp; Degreasing, 40 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Xerotabs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EZEE-Tabs Holding GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silberhofstrasse 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freiberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Xerotabs HD Cleaner &amp; Degreasing, 110 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Xerotabs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EZEE-Tabs Holding GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silberhofstrasse 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freiberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Sani Degrafoam, 2x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Room Care R10-Plus Pur-Eco, 2x1,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenAllAgro, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenAllAgro, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-PowerKleen, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenAllAgro, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenAllFoodSafe, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenFloor, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenFloor, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-GripPlus HC, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenAllFoodSafe HC, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenAllFoodSafe HC, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-PowerKleen, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-GripPlus RSG, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenFloor RSG, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Jontec 300 free SD, 1,4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ajax Lemon, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ajax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colgate-Palmolive AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 560</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ajax Original, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ajax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colgate-Palmolive AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 560</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cillit Bang toilet Cleaner Citrus, 750 ml (instant power)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/020/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cillit Bang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ajax Original, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ajax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colgate-Palmolive A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundkrogsgade 11, 1. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København Ø</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Harpic Gel WC ´Ecologique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/020/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Harpic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Total D2.4, 12x1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cillit Bang - Naturally powerfull Kitchen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/020/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cillit Bang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cillit Bang sprej za uklanjanje vodeog kamenca</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/020/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cillit Bang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>St. Marc Multi-surfaces Ecologique Agrumes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/020/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St Marc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>i-spraywash CleaningTab 12 Daily/Heavy Cleaning, 18 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>i-team</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>i-team</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bygmarken 2B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ølstykke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bistro Koppar &amp; Mässing Puts, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bistro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterling Polish Company A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybrovej 95</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gentofte</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ajax Bathroom, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/013, DK/020/020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ajax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colgate-Palmolive A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundkrogsgade 11, 1. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København Ø</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ajax Glass Cleaner Floral Fiesta, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/013, DK/020/020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ajax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colgate-Palmolive A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundkrogsgade 11, 1. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København Ø</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Refin Green Soap, 1,5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/020/003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU20 All purpose cleaners</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Refin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TASKI Jontec 300 Pur-Eco AC 6x0,75 l</x:v>
+        <x:v>Nu-Fuzion, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eldorado Allrengöring Citrus, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eldorado</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cif Professional ECO Glass &amp; Multi Surface 6X750ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/020/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU20 All purpose cleaners</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Cif</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Xerotabs Kitchen Cleaning, 4 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Xerotabs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EZEE-Tabs Holding GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silberhofstrasse 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freiberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Xerotabs HD Cleaning &amp; Descaling, 30 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Xerotabs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EZEE-Tabs Holding GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silberhofstrasse 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freiberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Xerotabs Matte floor Cleaner, 40 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Xerotabs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EZEE-Tabs Holding GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silberhofstrasse 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freiberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Xerotabs Matte floor Cleaner, 110 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Xerotabs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EZEE-Tabs Holding GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silberhofstrasse 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freiberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Jontec 300 free QS, 2 x 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>TASKI</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Diversey Europe Operations BV</x:v>
       </x:c>
       <x:c t="str">
         <x:v>De Corridor 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ZB Breukelen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TASKI Sani 100 Pur-Eco AC 6x0,75 l</x:v>
+        <x:v>TASKI Sani Calc Pur-Eco Qs, 2x2,5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/020/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU20 All purpose cleaners</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>TASKI</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Diversey Europe Operations BV</x:v>
       </x:c>
       <x:c t="str">
         <x:v>De Corridor 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ZB Breukelen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Room Care R3-plus Pur-Eco, 2x2 l</x:v>
+        <x:v>TASKI Sani 100 Pur-Eco SD, 1,4 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/020/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU20 All purpose cleaners</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>TASKI</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Diversey Europe Operations BV</x:v>
       </x:c>
       <x:c t="str">
         <x:v>De Corridor 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ZB Breukelen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Room Care R1-Plus Fresh, 2x2 l</x:v>
+        <x:v>TASKI Sani Cid Pur-Eco, 2x5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/020/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU20 All purpose cleaners</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>TASKI</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Diversey Europe Operations BV</x:v>
       </x:c>
       <x:c t="str">
         <x:v>De Corridor 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ZB Breukelen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nu-Fuzion, 205 l</x:v>
+        <x:v>TASKI Sprint Glass Pur-Eco, 6x0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-GripPlus, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/020/005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU20 All purpose cleaners</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-Action 3, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenSmell, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenAll HC, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenAll HC, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenSmell HC, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Room Care R1-plus Pur-Eco, 2x1.5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Harpic Original Eco Force, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/020/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Harpic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Harpic Fresh Eco Force, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/020/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Harpic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Total Conc D2.4-conc, 4x1,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cillit Bang Naturally Powerfull. Spray do czysczenia lazienki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/020/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cillit Bang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>St. Marc Ecologique Dégraissant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/020/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St Marc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>St. Marc Multi-usage Ecologique agrume</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/020/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St Marc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cillit Bang Naturally powerful – Kôksrengöring / Antifedt / Køkken / Keittio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/020/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cillit Bang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cillit Bang Kalk og Smuss/Snavs/Anti-Kalk Spray/Tehopuhdistaja kylpyhuoneeseen, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/020/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cillit Bang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>St Marc Citric Acid Bathroom Cleaner, 550 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/020/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St Marc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ajax Multi Action Glass &amp; Laminated Surfaces, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ajax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colgate-Palmolive A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundkrogsgade 11, 1. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København Ø</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Harpic Gel Essential Biodegradable Ocean Fresh</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/020/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Harpic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ajax Kitchen, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/013, DK/020/020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ajax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colgate-Palmolive A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundkrogsgade 11, 1. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København Ø</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ajax WC Power, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/013, DK/020/020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ajax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colgate-Palmolive A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundkrogsgade 11, 1. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København Ø</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Jontec 300 Free, 2x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Sani 100 free SD, 1,4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Jontec 300 Pur-Eco Qs, 2x2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Room Care R9 Plus Pur-Eco, 2x1,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Jontec 300 Pur-Eco, 2x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Sani Clonet Pur-Eco, 2x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Jontec 300 Pur-Eco SD, 1,4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Jontec 300 Pur-Eco J-flex, 1,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-GripPlus, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-Action 3, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenSmell, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-BioCal, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-BioScrub, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenFloor, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-GripPlus HC, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenAllAgro HC, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenFloor HC, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Room Care R3-plus Pur-Eco, 1,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-BioScrub RSG, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Sani Cid Pur-Eco AC 6x0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Xerotabs Kitchen Care Cleaner, 20 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Xerotabs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EZEE-Tabs Holding GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silberhofstrasse 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freiberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cif Professional ECO Toilet Cleaner 6X750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cif</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ajax Original, 1,25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ajax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colgate-Palmolive A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundkrogsgade 11, 1. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København Ø</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Total Conc D2.4, 3x2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HETI Loisto, 5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/020/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>i-dose ID.3 Green Liquid, Super Sanitary Floor Cleaner, 10 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>i-dose</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>i-team</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bygmarken 2B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ølstykke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>i-dose ID.5 Green Liquid, Ultra Degreasing Floor Cleaner, 10 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>i-dose</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>i-team</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bygmarken 2B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ølstykke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bistro Silver Puts, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bistro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterling Polish Company A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybrovej 95</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gentofte</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Domestos Professional Eco WC-Rent 6x0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domestos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Capasal Kitchen Spray, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Capasal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Toilet Cleaner (Lyreco), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Room Care R2-plus free, 2x2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Room Care R10-Plus Pur-Eco, 2x1,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Room Care R2-plus Pur-Eco, 2x2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Room Care R1-plus Pur-Eco, 2x2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-Fuzion, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>InnuScience Group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1777 Boul. Nobel Local F</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ste-Julie, (Qc)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Xerotabs Kitchen Cleaning &amp; Descaler, 20 stk</x:v>
+        <x:v>TASKI Jontec 300 free, 6x1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Sani Calc Pur-Eco, 2x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Sani Clonet Pur-Eco, 6x0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Sprint 200 Pur-Eco SD, 1,4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Sani 100 Pur-Eco QS, 2x2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenSmell, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenAllFoodSafe, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-GripPlus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-Action 3 HC, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-GripPlus HC, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenAllAgro HC, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenAllAgro HC, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenAllAgro HC, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenFloor HC, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Room Care R2-plus Pur-Eco, 2 x1,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Jontec Forward Free, F4h, 2x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cillit Bang sprej za rasmascevanje</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/020/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cillit Bang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cillit Bang - Naturally Powerfull - Degreaser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/020/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cillit Bang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cillit Bang - Puissant au Naturel - 100 % Dégraissant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/020/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cillit Bang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cillit Bang Naturally Powerfull Limescale remover</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/020/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cillit Bang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cillit Bang Sprej za uklanjanje masnoce</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/020/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cillit Bang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ajax fête des fleurs, Dual Fragrance, Gardenia transforms to Coconut, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ajax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colgate-Palmolive A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundkrogsgade 11, 1. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København Ø</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HETI Ättika Kökspray</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/020/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HETI Loisto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/020/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Saniextra, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ajax Shower Power, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/013, DK/020/020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ajax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colgate-Palmolive A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundkrogsgade 11, 1. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København Ø</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Sprint 200 free SD, 1,4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Jontec 300 Pur-Eco ID, 2x1,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Sani Cid Pur-Eco SD, 1,4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Sani 100 Pur-Eco, 6x1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Sprint 200 Pur-Eco, 2x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Sprint 200 Pur-Eco Qs, 2x2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Room Care R2-plus free, 2x1,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Jontec Tensol free QS 2x2.5L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Sprint Glass Pur-Eco, 2x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-GripPlus, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-Action 3, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenAll, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-Action 3 HC, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenAll HC, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenAll HC, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-PowerKleen, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-KleenAll RSG, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Jontec Tensol free 2x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Basic GRÖNSÅPA, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Basic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanibene,  10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Refin Cleaner Spray UNIVERSAL, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Refin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Sprint 200 Pur-Eco AC 6x0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nu-Fuzion, 0,63 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/020/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnuScience Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1777 Boul. Nobel Local F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ste-Julie, (Qc)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cillit Bang Köksrengöring 500ml ECO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/020/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Xerotabs Glass Cleaning, 20 stk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/020/023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU20 All purpose cleaners</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Xerotabs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EZEE-Tabs Holding GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Silberhofstrasse 88</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Freiberg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Xerotabs HD Cleaner &amp; Degreasing, 40 stk</x:v>
+        <x:v>Xerotabs Gloss Floor Cleaner, 110 stk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/020/023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU20 All purpose cleaners</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Xerotabs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EZEE-Tabs Holding GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Silberhofstrasse 88</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Freiberg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Xerotabs HD Cleaner &amp; Degreasing, 110 stk</x:v>
+        <x:v>Xerotabs Stainless Cleaner, 20 stk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/020/023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU20 All purpose cleaners</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Xerotabs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EZEE-Tabs Holding GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Silberhofstrasse 88</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Freiberg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TASKI Sani Degrafoam, 2x5 l</x:v>
+        <x:v>Ajax Fete des Fleurs Wild Flowers, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ajax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colgate-Palmolive AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 560</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Gel Force D3.2, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/020/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU20 All purpose cleaners</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>TASKI</x:v>
+        <x:v>Suma</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Diversey Europe Operations BV</x:v>
       </x:c>
       <x:c t="str">
         <x:v>De Corridor 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ZB Breukelen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Room Care R10-Plus Pur-Eco, 2x1,5 l</x:v>
+        <x:v>Suma Total Pur-Eco D2.4 conc, 200 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/020/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU20 All purpose cleaners</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>TASKI</x:v>
+        <x:v>Suma</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Diversey Europe Operations BV</x:v>
       </x:c>
       <x:c t="str">
         <x:v>De Corridor 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ZB Breukelen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nu-KleenAllAgro, 5 l</x:v>
-[...415 lines deleted...]
-        <x:v>TASKI Jontec 300 free SD, 1,4 l</x:v>
+        <x:v>Ajax fête des fleurs, Dual Fragrance, Water Lily transforms to Vanilla, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ajax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colgate-Palmolive A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundkrogsgade 11, 1. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København Ø</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HETI Ättika Badrum spray</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/020/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HETI Ättika Fönster spray</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/020/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cillit Bang Kalk og Smuss/Snavs/Anti-Kalk Spray/Tehopuhdistaja kylpyhuoneeseen, 900 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/020/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cillit Bang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>i-spraywash CleaningTab 9 Daily Cleaning, 18 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 All purpose cleaners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>i-team</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>i-team</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bygmarken 2B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ølstykke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OPTIMAX SANITAIRES DÉTARTRANT ECO, 6x1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/020/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU20 All purpose cleaners</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>TASKI</x:v>
+        <x:v>Optimax</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Diversey Europe Operations BV</x:v>
       </x:c>
       <x:c t="str">
         <x:v>De Corridor 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ZB Breukelen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Ajax Lemon, 1 l</x:v>
-[...63 lines deleted...]
-        <x:v>Cillit Bang toilet Cleaner Citrus, 750 ml (instant power)</x:v>
+        <x:v>Harpic Gel WC Écologique - Marine</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FI/020/001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU20 All purpose cleaners</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Cillit Bang</x:v>
+        <x:v>Harpic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>RB Hygiene Home Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vandtårnsvej 83A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Ajax Original, 5 l</x:v>
-[...351 lines deleted...]
-        <x:v>Eldorado Allrengöring Citrus, 1000 ml</x:v>
+        <x:v>Eldorado Grön Såpa, 750 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/020/003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleaning detergent (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU20 All purpose cleaners</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Eldorado</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobro</x:v>
-      </x:c>
-[...4158 lines deleted...]
-        <x:v>Søborg</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>