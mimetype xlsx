--- v0 (2025-12-16)
+++ v1 (2026-02-17)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raec97beea0e94709" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94a71790e4f84e5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rd7ad64eacd3f46ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rc4e37928cb864115"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd7ad64eacd3f46ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc4e37928cb864115" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -228,50 +228,114 @@
       </x:c>
       <x:c t="str">
         <x:v>Children's shoes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU17 Footwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kavat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skofabriken Kavat AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 101</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kumla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Norberg (18912)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/017/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Children's shoes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU17 Footwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kavat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skofabriken Kavat AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kumla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Huseby (17312)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/017/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Children's shoes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU17 Footwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kavat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skofabriken Kavat AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kumla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Forsvik (1461)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/017/001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Children's shoes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU17 Footwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kavat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skofabriken Kavat AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 101</x:v>
@@ -292,82 +356,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Children's shoes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU17 Footwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kavat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skofabriken Kavat AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 101</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kumla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Norberg (18912)</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Stampa (5113)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/017/001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Children's shoes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU17 Footwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kavat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skofabriken Kavat AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 101</x:v>
@@ -388,51 +420,147 @@
       </x:c>
       <x:c t="str">
         <x:v>Children's shoes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU17 Footwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kavat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skofabriken Kavat AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 101</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kumla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Huseby (17312)</x:v>
+        <x:v>Mossbo (6181)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/017/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Children's shoes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU17 Footwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kavat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skofabriken Kavat AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kumla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grytgöl (16115)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/017/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Children's shoes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU17 Footwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kavat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skofabriken Kavat AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kumla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro (40112)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/017/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Children's shoes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU17 Footwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kavat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skofabriken Kavat AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kumla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skafta (5103)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/017/001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Children's shoes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU17 Footwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kavat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skofabriken Kavat AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 101</x:v>
       </x:c>
@@ -452,339 +580,211 @@
       </x:c>
       <x:c t="str">
         <x:v>Children's shoes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU17 Footwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Skofabriken Kavat AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 101</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kumla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Mossbo (6181)</x:v>
-[...95 lines deleted...]
-        <x:v>Grytgöl (16115)</x:v>
+        <x:v>Saxen JR (5192)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/017/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Children's shoes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU17 Footwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kavat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skofabriken Kavat AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kumla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blomviken (4091)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/017/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Children's shoes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU17 Footwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kavat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skofabriken Kavat AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kumla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Almunge (1030)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/017/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Children's shoes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU17 Footwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kavat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skofabriken Kavat AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kumla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Torekov (5143)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/017/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Children's shoes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU17 Footwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kavat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skofabriken Kavat AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kumla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trona (3091)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/017/001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Children's shoes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU17 Footwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kavat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skofabriken Kavat AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 101</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kumla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Nyby (1391)</x:v>
-      </x:c>
-[...158 lines deleted...]
-        <x:v>Saxen JR (5192)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/017/001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Children's shoes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU17 Footwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kavat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skofabriken Kavat AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 101</x:v>
       </x:c>