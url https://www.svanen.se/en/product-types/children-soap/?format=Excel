--- v0 (2025-12-16)
+++ v1 (2026-02-03)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3722af3f25994236" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9aae52b9030c4284" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rf32c419c0fbe4ba3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R6e5a25b6395441f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf32c419c0fbe4ba3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6e5a25b6395441f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -100,50 +100,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Children soap</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Baby Care</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Allison A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hjortkærvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bramming</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Sebamed Baby &amp; Kids Milt Tvättskum, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0256, 5090 0256</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Children soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sebamed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sebapharma GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Binger Strasse 80</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Boppard</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Änglamark Baby Bath mild free from perfume and color, 250 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3090 0372</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Children soap</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Änglamark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hardford AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 1213</x:v>
@@ -164,730 +196,698 @@
       </x:c>
       <x:c t="str">
         <x:v>Children soap</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neutral</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Unilever Danmark A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ørestads Boulevard 73</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København S</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sebamed Baby &amp; Kids Milt Tvättskum, 400 ml</x:v>
-[...2 lines deleted...]
-        <x:v>5090 0256, 5090 0256</x:v>
+        <x:v>Libero Baby Wash, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0081</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Children soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Doris Duschtvål parfymfri, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Children soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronans Apotek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Minstingen Babytvål, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Children soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minstingen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apoteket Baby 2-i-1 rengöring oparfymerad, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0261</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Children soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>apoteket</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hardford AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1213</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Baby Wash All-In-One, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Children soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Baby Bubble Bath, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0081</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Children soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sebamed Baby &amp; Kids Bubble Bath, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0340, 5090 0256</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Children soap</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sebamed</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sebapharma GmbH &amp; Co. KG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Binger Strasse 80</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Boppard</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Libero Baby Wash, 200 ml</x:v>
+        <x:v>Bamse Duschtvål, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Children soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bamse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Baby Tvål, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0360</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Children soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hardford AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1213</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VIDE VILDA baby/barn Rengöringsmousse Oparfymerad, 200 ml (20002106)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Children soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VIDE VILDA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Baby Wash, 50 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2090 0081</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Children soap</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Libero</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Orkla Care AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 1336</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Solna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Doris Duschtvål parfymfri, 250 ml</x:v>
+        <x:v>Lille Kanin Bubbelbad, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0395, 5090 0395</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Children soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lille Kanin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lille Kanin ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Olaf Ryes Gade 7N, 1.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Kids Bath, Wash &amp; Shampoo, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0025, 5090 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Children soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørestads Boulevard 73</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Doris Badskum parfymfri, 250 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Children soap</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronans Apotek</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Allison A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hjortkærvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bramming</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Minstingen Babytvål, 200 ml</x:v>
+        <x:v>Minstingen Baby Tväl, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Children soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minstingen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Minstingen Bubbelbad, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Children soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minstingen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VIDE VILDA baby/barn Badskum Oparfymerad, 200 ml (20002107)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Children soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VIDE VILDA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Minstingen Barntvål, 200 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Children soap</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Minstingen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Allison A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hjortkærvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bramming</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Apoteket Baby 2-i-1 rengöring oparfymerad, 200 ml</x:v>
-[...127 lines deleted...]
-        <x:v>Bamse Duschtvål, 200 ml</x:v>
+        <x:v>Bamse Badskum, 200 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0002, 5090 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Children soap</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bamse</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DermaPharm A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Europavej 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårup</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ICA Baby Tvål, 250 ml</x:v>
-[...95 lines deleted...]
-        <x:v>Lille Kanin Bubbelbad, 500 ml</x:v>
+        <x:v>Lille Kanin Bubbelbad 100 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0395, 5090 0395</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Children soap</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lille Kanin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lille Kanin ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Olaf Ryes Gade 7N, 1.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kolding</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Neutral Kids Bath, Wash &amp; Shampoo, 250 ml</x:v>
-[...66 lines deleted...]
-        <x:v>5090 0040, 5090 0040</x:v>
+        <x:v>Minstingen Duschtvål, Schysst Mot Huden, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0214</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Children soap</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Minstingen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Nordic Sense A/S</x:v>
-[...126 lines deleted...]
-      <x:c t="str">
         <x:v>Aroma AD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>12 Kiril Blagoev Str.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sofia</x:v>
-      </x:c>
-[...62 lines deleted...]
-        <x:v>Bramming</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>