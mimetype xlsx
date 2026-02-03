--- v0 (2025-12-17)
+++ v1 (2026-02-03)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R618f6c32b8ea49ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0feb574d0fe84f46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R78cdc268294041af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R9635b39134594044"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R78cdc268294041af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9635b39134594044" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -2788,50 +2788,850 @@
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OWA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>G&amp;G GG-CH313NEFM (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>G&amp;G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K12175TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K12258TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K12388TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15132TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15164TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15791TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K10870E1, REMAN. For use in CANON LBP 440, 4Canon0, 4Canon5, CanonCanon0 serie  BLACK, (EP-A)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K11497E1, REMAN. For use in CANON LBP 800, 810, 1120 serie  BLACK, (EP-22)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K12173E1, REMAN. For use in CANON LBP 2410, 5200, MF8180 serie, DRUM, (9623A003)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K12191E1, REMAN. For use in CANON imageCLASS C3500, LBP 2710, 2810 serie  CYAN, (EP-86C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K12259E1, REMAN. For use in CANON LBP 5300 serie  Magenta, (CRG711M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15104E1 REMAN. For use in CANON LBP 5050 serie  Black, (CRG716BK)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15121E1 REMAN. For use in CANON LBP 6300 serie  Black, (3480B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15165E1 REMAN. For use in CANON  7750 serie  CYAN, (2643B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15592E1, REMAN. For use in CANON LBP 7100, 7110, MF8230, 8280 serie, BLACK, (6273B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mygreentoner_112508 (CEXV58C/REB): Cyan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>my green toner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>wta Carsten Weser GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimsonStraße 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suhl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15166OW REMAN. For use in CANON 7750 serie MAGENTA, (2642B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15411OW REMAN. For use in CANON LBP 7010 serie YELLOW, (729Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15412OW REMAN. For use in CANON LBP 7010 serie drum, (729BK)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K11346I4, REMAN. For use in CANON imageCLASS 2210, 2220, 2250 serie  BLACK, (EP-62)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15165I4, REMAN. For use in CANON  7750 serie  CYAN, (2643B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15408I4, REMAN. For use in CANON LBP 7010 serie  BLACK, (729BK)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15395OX, REMAN. For use in CANON LBP 1210 serie  BLACK, (EP-25)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K11997OW REMAN. For use in CANON LBP 2900 serie Black, (EP-703)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>OWA, K12143OW REMAN. For use in CANON CANON LBP 3460 serie Black, (EP-710 H)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OWA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
@@ -3876,11059 +4676,10131 @@
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>G&amp;G</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Zhuhai, Guangdong</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>G&amp;G GG-CH313NEFM (Canon)</x:v>
+        <x:v>OWA, K11497OW REMAN. For use in CANON LBP 800, 810, 1120 serie BLACK, (EP-22)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K11498OW REMAN. For use in CANON LBP 1000 serie BLACK, (EP-32)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K12192OW REMAN. For use in CANON imageCLASS C3500, LBP 2710, 2810 serie MAGENTA, (EP-86M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15133I4, REMAN. For use in CANON LBP 7200, MF 8330, 8350 serie  CYAN, (2661B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15164I4, REMAN. For use in CANON  7750 serie  BLACK, (2645B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15135OX, REMAN. For use in CANON LBP 7200, MF 8330, 8350 serie  YELLOW, (2659B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15165QC, REMAN. For use in CANON  7750 serie  CYAN, (2643B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K12257OW REMAN. For use in CANON LBP 5400 serie Yellow, (CRG717Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15106OW REMAN. For use in CANON LBP 5050 serie Magenta, (CRG716M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15593OW REMAN. For use in CANON LBP 7100 serie Cyan, (731C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K12143I4,  REMAN. For use in CANON CANON LBP 3460 serie  Black, (EP-710 H)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K12175I4,  REMAN. For use in CANON PC-D320 serie  Black, (FX8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K12256I4,  REMAN. For use in CANON LBP 5400 serie  Magenta, (CRG717M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K12259I4,  REMAN. For use in CANON LBP 5300 serie  Magenta, (CRG711M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K12339I4,  REMAN. For use in CANON Fax L100 serie  Black, (FX10)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15121I4,  REMAN. For use in CANON LBP 6300 serie  Black, (3480B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15222I4,  REMAN. For use in CANON LBP 3580 serie  Black, (724H)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15354I4,  REMAN. For use in CANON LBP 6000 serie  Black, (725)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15591I4,  REMAN. For use in CANON LBP 7100 serie  Black, (731BK)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15595I4,  REMAN. For use in CANON LBP 7100 serie  Yellow, (731Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OfficeXpress, K12240OX,  REMAN. For use in CANON LBP 5000 serie  Black, (EP-707 B)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OfficeXpress, K12257OX,  REMAN. For use in CANON LBP 5400 serie  Yellow, (CRG717Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OfficeXpress, K15354OX,  REMAN. For use in CANON LBP 6000 serie  Black, (725)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OfficeXpress, K15595OX,  REMAN. For use in CANON LBP 7100 serie  Yellow, (731Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K12254QC,  REMAN. For use in CANON LBP 5300 serie  Black, (CRG711BK)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15105TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15133TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15592TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Longlife Cartrige ®: Cart737/REB: Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Longlife Cartrige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>wta Carsten Weser GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimsonStraße 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suhl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K11498E1, REMAN. For use in CANON LBP 1000 serie  BLACK, (EP-32)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K11997E1, REMAN. For use in CANON LBP 2900 serie  Black, (EP-703)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K12143E1, REMAN. For use in CANON CANON LBP 3460 serie  Black, (EP-710 H)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K12258E1, REMAN. For use in CANON LBP 5300 serie  Cyan, (CRG711C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15163E1 REMAN. For use in CANON  7750 serie  BLACK, (2644B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15166E1 REMAN. For use in CANON  7750 serie  MAGENTA, (2642B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15167E1 REMAN. For use in CANON  7750 serie  YELLOW, (2641B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15222E1 REMAN. For use in CANON LBP 3580 serie  Black, (724H)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15429E1 REMAN. For use in CANON LBP 6200 serie  Black, (726)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15519E1 REMAN. For use in CANON LBP 5300 serie  Cyan, (CRG711C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15595E1 REMAN. For use in CANON LBP 7100 serie  Yellow, (731Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K18099E1, REMAN. For use in CANON LBP351 039H 25K serie BLACK, (039H)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K18409E1, REMAN. For use in CANON LBP214 052 3.1K serie BLACK, (052)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mygreentoner_112201 (CEXV55M/REB): Magenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>my green toner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>wta Carsten Weser GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimsonStraße 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suhl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mygreentoner_112218 (CEXV55Y/REB): Yellow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>my green toner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>wta Carsten Weser GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimsonStraße 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suhl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15593QC,  REMAN. For use in CANON LBP 7100 serie  Cyan, (731C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, CEP5050B (1980B002AA)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, CEP5050Y (1977B002AA)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, CEP6200 (3479B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, CFX3 (1557A003)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K18619OW, REMAN. For use in CANON LBP312 041 10K serie BLACK, (0452C002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K18620F7, Laser cart compat for CANON 041H</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15163QCA Laser cart REMAN for CANON 723</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15354QCA Laser cart REMAN for CANON 725</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K40167OW, REMAN for use for Canon C-EXV48M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Mate ST-HCC532ANE (Canon)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5008 0056</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Smart Mate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>G&amp;G GG-CH212NEFY (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>G&amp;G</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Zhuhai, Guangdong</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>STARLINE, K12175TA, Laser cart REMAN</x:v>
+        <x:v>Smart Mate ST-HCC531AUNE (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Mate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Mate ST-HCB540AUNE (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Mate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>G&amp;G GG-CH540NEFBK (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>G&amp;G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Mate ST-HCE310ANE (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Mate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>G&amp;G GG-CC318NEFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>G&amp;G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>G&amp;G GG-CC318NEFY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>G&amp;G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K10870TA, Laser cart REMAN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Starline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>STARLINE, K12258TA, Laser cart REMAN</x:v>
+        <x:v>STARLINE, K11346TA, Laser cart REMAN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Starline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>STARLINE, K12388TA, Laser cart REMAN</x:v>
+        <x:v>TURBON, for use in Canon Smartbase PC1210D/PC1230D/PC1270D , Black, (6812A002 / Cart. M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Canon Fax L800/900 , Black, (1558A003 / FX 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Canon Fax 2000 L , Black, (7621A002 / FX 7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15408E1 REMAN. For use in CANON LBP 7010 serie  BLACK, (729BK)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15522E1 REMAN. For use in CANON  MF-8450 serie  Cyan, (CRG717C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K18851E1, REMAN for use in  CANON i-SENSYS LBP-320, LBP-325, MF 540, MF 542 bk, (3007C002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mygreentoner_112515 (CEXV58M/REB): Magenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>my green toner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>wta Carsten Weser GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimsonStraße 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suhl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K12192I4, REMAN. For use in CANON imageCLASS C3500, LBP 2710, 2810 serie  MAGENTA, (EP-86M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15134I4, REMAN. For use in CANON LBP 7200, MF 8330, 8350 serie  MAGENTA, (2660B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15163I4, REMAN. For use in CANON  7750 serie  BLACK, (2644B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15166I4, REMAN. For use in CANON  7750 serie  MAGENTA, (2642B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15791I4, REMAN. For use in CANON imageCLASS MF211, i-SENSYS LBP151dw, i-SENSYS MF226dn serie  BLACK, (CRG737)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15132OX, REMAN. For use in CANON LBP 7200, MF 8330, 8350 serie  BLACK, (2662B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15133OX, REMAN. For use in CANON LBP 7200, MF 8330, 8350 serie  CYAN, (2661B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15165OX, REMAN. For use in CANON  7750 serie  CYAN, (2643B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15791QC, REMAN. For use in CANON imageCLASS MF211, i-SENSYS LBP151dw, i-SENSYS MF226dn serie  BLACK, (CRG737)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K12256OW REMAN. For use in CANON LBP 5400 serie Magenta, (CRG717M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K12339OW REMAN. For use in CANON Fax L100 serie Black, (FX10)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15116OW REMAN. For use in CANON LBP 2900 serie Black, (EP-703)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15121OW REMAN. For use in CANON LBP 6300 serie Black, (3480B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15594OW REMAN. For use in CANON LBP 7100 serie Magenta, (731M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K12255I4,  REMAN. For use in CANON LBP 5400 serie  Cyan, (CRG717C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K12258I4,  REMAN. For use in CANON LBP 5300 serie  Cyan, (CRG711C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15105I4,  REMAN. For use in CANON LBP 5050 serie  Cyan, (CRG716C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OfficeXpress, K11997OX,  REMAN. For use in CANON LBP 2900 serie  Black, (EP-703)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OfficeXpress, K12175OX,  REMAN. For use in CANON PC-D320 serie  Black, (FX8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OfficeXpress, K15356OX,  REMAN. For use in CANON LBP 6200 serie  Black, (726)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K12140QC,  REMAN. For use in CANON LBP 3300 serie  Black, (EP-708)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K12242QC,  REMAN. For use in CANON LBP 5000 serie  Magenta, (EP-707 M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15104QC,  REMAN. For use in CANON LBP 5050 serie  Black, (CRG716BK)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K12173OW, REMAN. For use in CANON LBP 2410, 5200, MF8180 serie, DRUM, (9623A003)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Canon C716M (716M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KMP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KMP AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfarrer-Findl-Straße 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eggenfelden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Canon i-Sensys LBP-653, Black, (1254C002/046HBK)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, CEP7200M (2660B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, CEP7750BXL (2645B002AA)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, CEP7750Y (2641B002AA)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, CEP8450C (2577B002AA)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Print &amp; Refill FX10/REB Uusiokasetti: Black (2k)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Print &amp; Refill</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>wta Carsten Weser GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimsonStraße 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suhl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Canon Fax L500/600 , Black, (1556A003 / FX 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Canon LaserBase MF-6530 MFP / -6540PL MFP / -6550PL MFP , Black, (0264B002 / 706)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Canon Fax L-100 / -120 / -140; MF 4010/ -4110 / -4120 , Black, (0263B002 / FX 10)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K10692OW REMAN. For use in CANON LBP 8, 1260, EX, ZX, P 270 serie BLACK, (EP-E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K12193OW REMAN. For use in CANON imageCLASS C3500, LBP 2710, 2810 serie YELLOW, (EP-86Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15395OW REMAN. For use in CANON LBP 1210 serie BLACK, (EP-25)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K10864I4, REMAN. For use in CANON LBP VX serie  BLACK, (EP-V)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K18410F7, Laser cart compat for CANON 052H</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K12266QC Laser cart REMAN for CANON 8489A002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K40004OW, REMAN for use for Canon C-EXV28K</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K40045OW, REMAN for use for Canon C-EXV49C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K40137OW, REMAN for use for Canon C-EXV55K</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K40260OW, REMAN for use for Canon C-EXV51C -60K</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>G&amp;G GG-CH543NEFUM (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>G&amp;G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>G&amp;G GG-CH542NEFUY (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>G&amp;G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Mate ST-HCC532AUNE (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Mate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Mate ST-HCB543ANE (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Mate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Canon I-Sensys LBP-312X, Black, (0453C002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K11997TA, Laser cart REMAN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Starline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>STARLINE, K15132TA, Laser cart REMAN</x:v>
+        <x:v>STARLINE, K12242TA, Laser cart REMAN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Starline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>STARLINE, K15164TA, Laser cart REMAN</x:v>
+        <x:v>STARLINE, K15120TA, Laser cart REMAN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Starline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>STARLINE, K15791TA, Laser cart REMAN</x:v>
+        <x:v>STARLINE, K15167TA, Laser cart REMAN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Starline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>EDDING, K10870E1, REMAN. For use in CANON LBP 440, 4Canon0, 4Canon5, CanonCanon0 serie  BLACK, (EP-A)</x:v>
+        <x:v>STARLINE, K15222TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15408TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15411TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K11350E1, REMAN. For use in CANON  FAX-L 200, 300, MultiPASS L60, 90 serie  BLACK, (FX3)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>edding</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>EDDING, K11497E1, REMAN. For use in CANON LBP 800, 810, 1120 serie  BLACK, (EP-22)</x:v>
+        <x:v>EDDING, K11893E1, REMAN. For use in CANON LBP 1210 serie  BLACK, (EP-25)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>edding</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>EDDING, K12173E1, REMAN. For use in CANON LBP 2410, 5200, MF8180 serie, DRUM, (9623A003)</x:v>
+        <x:v>EDDING, K12142E1, REMAN. For use in CANON LBP 3460 serie  BLACK, (EP-710)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>edding</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>EDDING, K12191E1, REMAN. For use in CANON imageCLASS C3500, LBP 2710, 2810 serie  CYAN, (EP-86C)</x:v>
+        <x:v>EDDING, K12388E1 REMAN. For use in CANON LBP 3010 serie  Black, (EP-712)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>edding</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>EDDING, K12259E1, REMAN. For use in CANON LBP 5300 serie  Magenta, (CRG711M)</x:v>
+        <x:v>Q-connect, K12175QC Laser cart REMAN for CANON 7833A002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K40007OW, REMAN for use for Canon C-EXV28Y</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K40165OW, REMAN for use for Canon C-EXV48K</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>G&amp;G GG-CH530NEFBK (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>G&amp;G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>G&amp;G GG-CH533NEFUM (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>G&amp;G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>G&amp;G GG-CH210NEFBK (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>G&amp;G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>G&amp;G GG-CH213NEFM (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>G&amp;G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>G&amp;G GG-CH540NEFUBK (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>G&amp;G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Mate ST-HCB541AUNE (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Mate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Mate ST-HCB543AUNE (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Mate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>G&amp;G GG-CH541NEFC (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>G&amp;G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>G&amp;G GG-CH310NEFBK (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>G&amp;G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K10864TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K12140TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K12141TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K12254TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15106TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15165TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15166TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15409TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15459TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Longlife Cartrige ®: FX10/REB: Black (3k)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Longlife Cartrige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>wta Carsten Weser GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimsonStraße 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suhl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Longlife Cartrige ®: IR1133/REB: Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Longlife Cartrige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>wta Carsten Weser GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimsonStraße 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suhl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K12140E1, REMAN. For use in CANON LBP 3300 serie  Black, (EP-708)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>edding</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>EDDING, K15104E1 REMAN. For use in CANON LBP 5050 serie  Black, (CRG716BK)</x:v>
+        <x:v>EDDING, K12175E1, REMAN. For use in CANON PC-D320 serie  Black, (FX8)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>edding</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>EDDING, K15121E1 REMAN. For use in CANON LBP 6300 serie  Black, (3480B002)</x:v>
+        <x:v>EDDING, K12190E1, REMAN. For use in CANON imageCLASS C3500, LBP 2710, 2810 serie  BLACK, (EP-86BK)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>edding</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>EDDING, K15165E1 REMAN. For use in CANON  7750 serie  CYAN, (2643B002)</x:v>
+        <x:v>EDDING, K12243E1, REMAN. For use in CANON LBP 5000 serie  Yellow, (EP-707 Y)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>edding</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>EDDING, K15592E1, REMAN. For use in CANON LBP 7100, 7110, MF8230, 8280 serie, BLACK, (6273B002)</x:v>
+        <x:v>EDDING, K12255E1, REMAN. For use in CANON LBP 5400 serie  Cyan, (CRG717C)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>edding</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Mygreentoner_112508 (CEXV58C/REB): Cyan</x:v>
+        <x:v>EDDING, K15132E1 REMAN. For use in CANON LBP 7200, MF 8330, 8350 serie  BLACK, (2662B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15410E1 REMAN. For use in CANON LBP 7010 serie  MAGENTA, (729M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15520E1 REMAN. For use in CANON LBP 5300 serie  Magenta, (CRG711M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15593E1 REMAN. For use in CANON LBP 7100 serie  Cyan, (731C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K12140OW REMAN. For use in CANON LBP 3300 serie Black, (EP-708)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K12141OW REMAN. For use in CANON LBP 3300 serie Black, (EP-708 H)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K12243OW REMAN. For use in CANON LBP 5000 serie Yellow, (EP-707 Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K12259OW REMAN. For use in CANON LBP 5300 serie Magenta, (CRG711M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15104OW REMAN. For use in CANON LBP 5050 serie Black, (CRG716BK)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15356OW REMAN. For use in CANON LBP 6200 serie Black, (726)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15519OW REMAN. For use in CANON LBP 5300 serie Cyan, (CRG711C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15521OW REMAN. For use in CANON LBP 5300 serie Yellow, (CRG711Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15522OW REMAN. For use in CANON MF-8450 serie Cyan, (CRG717C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K12241I4,  REMAN. For use in CANON LBP 5000 serie  Cyan, (EP-707 C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K12242I4,  REMAN. For use in CANON LBP 5000 serie  Magenta, (EP-707 M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K12257I4,  REMAN. For use in CANON LBP 5400 serie  Yellow, (CRG717Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K12389I4,  REMAN. For use in CANON LBP 3250 serie  Black, (CRG713)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OfficeXpress, K12241OX,  REMAN. For use in CANON LBP 5000 serie  Cyan, (EP-707 C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OfficeXpress, K12255OX,  REMAN. For use in CANON LBP 5400 serie  Cyan, (CRG717C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OfficeXpress, K12339OX,  REMAN. For use in CANON Fax L100 serie  Black, (FX10)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OfficeXpress, K15107OX,  REMAN. For use in CANON LBP 5050 serie  Yellow, (CRG716Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K12256QC,  REMAN. For use in CANON LBP 5400 serie  Magenta, (CRG717M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K12339QC,  REMAN. For use in CANON Fax L100 serie  Black, (FX10)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15107QC,  REMAN. For use in CANON LBP 5050 serie  Yellow, (CRG716Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15120QC,  REMAN. For use in CANON LBP 6300 serie  Black, (3479B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, CEP7100B (6273B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, CEP7100M (6270B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, CEP7200Y (2659B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, CEP8450B (1660B002AA)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, CT (7833A002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Print &amp; Refill FX10/REB Uusiokasetti: Black (3k)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5008 0049</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Print &amp; Refill</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>wta Carsten Weser GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimsonStraße 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suhl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K18098OW, REMAN. For use in CANON LBP351 039 11K serie BLACK, (039)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K18412OW, REMAN. For use in CANON LBP351 039 JB 13K serie BLACK, (039)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mygreentoner_111426 (CEXV49BK/REB): Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>my green toner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>wta Carsten Weser GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SimsonStraße 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Suhl</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OWA, K15166OW REMAN. For use in CANON 7750 serie MAGENTA, (2642B002)</x:v>
+        <x:v>OWA, K12191OW REMAN. For use in CANON imageCLASS C3500, LBP 2710, 2810 serie CYAN, (EP-86C)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OWA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OWA, K15411OW REMAN. For use in CANON LBP 7010 serie YELLOW, (729Y)</x:v>
+        <x:v>OWA, K15133OW REMAN. For use in CANON LBP 7200, MF 8330, 8350 serie CYAN, (2661B002)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OWA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OWA, K15412OW REMAN. For use in CANON LBP 7010 serie drum, (729BK)</x:v>
+        <x:v>OWA, K15135OW REMAN. For use in CANON LBP 7200, MF 8330, 8350 serie YELLOW, (2659B002)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OWA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ISOLDA, K11346I4, REMAN. For use in CANON imageCLASS 2210, 2220, 2250 serie  BLACK, (EP-62)</x:v>
+        <x:v>OWA, K15164OW REMAN. For use in CANON 7750 serie BLACK, (2645B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15791OW REMAN. For use in CANON imageCLASS MF211, i-SENSYS LBP151dw, i-SENSYS MF226dn serie BLACK, (CRG737)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K11893I4, REMAN. For use in CANON LBP 1210 serie  BLACK, (EP-25)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Isolda</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ISOLDA, K15165I4, REMAN. For use in CANON  7750 serie  CYAN, (2643B002)</x:v>
+        <x:v>ISOLDA, K15132I4, REMAN. For use in CANON LBP 7200, MF 8330, 8350 serie  BLACK, (2662B002)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Isolda</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ISOLDA, K15408I4, REMAN. For use in CANON LBP 7010 serie  BLACK, (729BK)</x:v>
+        <x:v>ISOLDA, K15167I4, REMAN. For use in CANON  7750 serie  YELLOW, (2641B002)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Isolda</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OFFICEXPRESS, K15395OX, REMAN. For use in CANON LBP 1210 serie  BLACK, (EP-25)</x:v>
+        <x:v>OFFICEXPRESS, K15164OX, REMAN. For use in CANON  7750 serie  BLACK, (2645B002)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OfficeXpress</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OWA, K11997OW REMAN. For use in CANON LBP 2900 serie Black, (EP-703)</x:v>
+        <x:v>OFFICEXPRESS, K15166OX, REMAN. For use in CANON  7750 serie  MAGENTA, (2642B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15164QC, REMAN. For use in CANON  7750 serie  BLACK, (2645B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K40139OW, REMAN for use for Canon C-EXV55M</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OWA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OfficeXpress, K12240OX,  REMAN. For use in CANON LBP 5000 serie  Black, (EP-707 B)</x:v>
+        <x:v>OWA, K40141OW, REMAN for use for Canon C-EXV51K -69K</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K40143OW, REMAN for use for Canon C-EXV51M -26K</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K40261OW, REMAN for use for Canon C-EXV51M -60K</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K40262OW, REMAN for use for Canon C-EXV51Y -60K</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>G&amp;G GG-CH532NEFY (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>G&amp;G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>G&amp;G GG-CH211NEFC (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>G&amp;G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Mate ST-HCC530AUNE (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Mate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Mate ST-HCF213ANE (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Mate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Mate ST-HCB542ANE (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Mate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Mate ST-HCE313ANE (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Mate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>G&amp;G GG-CC318NEFBK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>G&amp;G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K12143TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K12241TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K12389TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15104TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15163TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K11346E1, REMAN. For use in CANON imageCLASS 2210, 2220, 2250 serie  BLACK, (EP-62)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K12266E1, REMAN. For use in CANON LBP 3200 serie  Black, (EP-27)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15106E1 REMAN. For use in CANON LBP 5050 serie  Magenta, (CRG716M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15116E1 REMAN. For use in CANON LBP 2900 serie  Black, (EP-703)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15133E1 REMAN. For use in CANON LBP 7200, MF 8330, 8350 serie  CYAN, (2661B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15352E1 REMAN. For use in CANON LBP 6300 serie  Black, (719H)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15409E1 REMAN. For use in CANON LBP 7010 serie  CYAN, (729C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K18413E1, REMAN. For use in CANON 39X LBP351 JB 28K serie BLACK, (039H)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K18850E1, REMAN for use in  CANON i-SENSYS LBP-320, LBP-325, MF 540, MF 542 bk, (3006C002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15592OW, REMAN. For use in HP Color Laserjet Pro 200 M251 serie Black (CF210X)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mygreentoner_111440 (CEXV49M/REB): Magenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>my green toner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>wta Carsten Weser GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimsonStraße 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suhl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Canon I-Sensys MF 4410 / -4430 /-4450 / -4550 / -4570 / -4580  , Black, (3500B002 / 728)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Canon  FC 204/206/208/210/220/ 224/226/228/310/530, PC 740/750/760/770/780/860/890, black, (E30/1491A003)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K12142OW REMAN. For use in CANON LBP 3460 serie BLACK, (EP-710)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15165OW REMAN. For use in CANON 7750 serie CYAN, (2643B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15459OW REMAN. For use in CANON MF 4410, 4430, 4450 serie BLACK, (CRG728)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K12142I4, REMAN. For use in CANON LBP 3460 serie  BLACK, (EP-710)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K12193I4, REMAN. For use in CANON imageCLASS C3500, LBP 2710, 2810 serie  YELLOW, (EP-86Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15412I4, REMAN. For use in CANON LBP 7010 serie  drum, (729BK)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15459I4, REMAN. For use in CANON  MF 4410, 4430, 4450 serie  BLACK, (CRG728)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15134OX, REMAN. For use in CANON LBP 7200, MF 8330, 8350 serie  MAGENTA, (2660B002)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OfficeXpress</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Freecolor, K18620F7, Laser cart compat for CANON 041H</x:v>
+        <x:v>OFFICEXPRESS, K15167OX, REMAN. For use in CANON  7750 serie  YELLOW, (2641B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15791OX, REMAN. For use in CANON imageCLASS MF211, i-SENSYS LBP151dw, i-SENSYS MF226dn serie  BLACK, (CRG737)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15167QC, REMAN. For use in CANON  7750 serie  YELLOW, (2641B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K12254I4,  REMAN. For use in CANON LBP 5300 serie  Black, (CRG711BK)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OfficeXpress, K12254OX,  REMAN. For use in CANON LBP 5300 serie  Black, (CRG711BK)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OfficeXpress, K15104OX,  REMAN. For use in CANON LBP 5050 serie  Black, (CRG716BK)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OfficeXpress, K15594OX,  REMAN. For use in CANON LBP 7100 serie  Magenta, (731M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K12243QC,  REMAN. For use in CANON LBP 5000 serie  Yellow, (EP-707 Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15121QC,  REMAN. For use in CANON LBP 6300 serie  Black, (3480B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15595QC,  REMAN. For use in CANON LBP 7100 serie  Yellow, (731Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Canon C716BK (716BK)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KMP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KMP AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfarrer-Findl-Straße 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eggenfelden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Canon C716Y (716Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KMP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KMP AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfarrer-Findl-Straße 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eggenfelden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Canon i-Sensys LBP-653, Yellow, (1251C002/046YC)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, CEP712 (1870B002AA)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, CEP7200C (2661B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, CEP8450M (2576B002AA)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, CFX10 (FX-10)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mygreentoner 110429 (FX10/REB): Black (3k)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>my green toner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>wta Carsten Weser GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimsonStraße 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suhl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Print &amp; Refill Cart728/REB Uusiokasetti: Black (4,2k)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Print &amp; Refill</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>wta Carsten Weser GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimsonStraße 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suhl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15459F7, Laser cart compat for CANON 728</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Freecolor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Q-connect, K15163QCA Laser cart REMAN for CANON 723</x:v>
+        <x:v>Freecolor, K18099F7, Laser cart compat for CANON 39</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K18410QC Laser cart REMAN for CANON 2200C002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Q-connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Q-connect, K15354QCA Laser cart REMAN for CANON 725</x:v>
+        <x:v>OWA, K40005OW, REMAN for use for Canon C-EXV28C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K40037OW, REMAN for use for Canon C-EXV29C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Mate ST-HCB542AUNE (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Mate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>G&amp;G GG-CH542NEFY (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>G&amp;G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Mate ST-HCB540ANE (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Mate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Mate ST-HCE311ANE (Canon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Mate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai Ninestar Information Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 3883 Zhuhai Avenue, Xiangzhou District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhuhai, Guangdong</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K11350TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K12142TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15107TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15354TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Longlife Cartrige ®: Cart728/REB: Black (2,1k)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Longlife Cartrige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>wta Carsten Weser GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimsonStraße 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suhl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K12260E1, REMAN. For use in CANON LBP 5300 serie  Yellow, (CRG711Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K12339E1 REMAN. For use in CANON Fax L100 serie  Black, (FX10)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K12389E1 REMAN. For use in CANON LBP 3250 serie  Black, (CRG713)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15105E1 REMAN. For use in CANON LBP 5050 serie  Cyan, (CRG716C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15411E1 REMAN. For use in CANON LBP 7010 serie  YELLOW, (729Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15412E1 REMAN. For use in CANON LBP 7010 serie  drum, (729BK)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15428E1 REMAN. For use in CANON LBP 6000 serie  Black, (725)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15791E1 REMAN. For use in CANON imageCLASS MF211 serie  BLACK, (CRG737)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mygreentoner_111433 (CEXV49C/REB): Cyan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5008 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>my green toner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>wta Carsten Weser GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimsonStraße 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suhl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Canon Fax L-380 / L-400 / Cart. T , Black, (7833A002 / FX 8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K10864OW REMAN. For use in CANON LBP VX serie BLACK, (EP-V)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K10870OW REMAN. For use in CANON LBP 440, 460, 465, 660 serie BLACK, (EP-A)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K11346OW REMAN. For use in CANON imageCLASS 2210, 2220, 2250 serie BLACK, (EP-62)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K12190OW REMAN. For use in CANON imageCLASS C3500, LBP 2710, 2810 serie BLACK, (EP-86BK)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15132OW REMAN. For use in CANON LBP 7200, MF 8330, 8350 serie BLACK, (2662B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15167OW REMAN. For use in CANON 7750 serie YELLOW, (2641B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15408OW REMAN. For use in CANON LBP 7010 serie BLACK, (729BK)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15410OW REMAN. For use in CANON LBP 7010 serie MAGENTA, (729M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K10692I4, REMAN. For use in CANON LBP 8, 1260, EX, ZX, P 270 serie  BLACK, (EP-E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K11497I4, REMAN. For use in CANON LBP 800, 810, 1120 serie  BLACK, (EP-22)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K12175OW REMAN. For use in CANON PC-D320 serie Black, (FX8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K12255OW REMAN. For use in CANON LBP 5400 serie Cyan, (CRG717C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K12258OW REMAN. For use in CANON LBP 5300 serie Cyan, (CRG711C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K12260OW REMAN. For use in CANON LBP 5300 serie Yellow, (CRG711Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15105OW REMAN. For use in CANON LBP 5050 serie Cyan, (CRG716C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15222OW REMAN. For use in CANON LBP 3580 serie Black, (724H)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15428OW REMAN. For use in CANON LBP 6000 serie Black, (725)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15595OW REMAN. For use in CANON LBP 7100 serie Yellow, (731Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K12141I4,  REMAN. For use in CANON LBP 3300 serie  Black, (EP-708 H)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15120I4,  REMAN. For use in CANON LBP 6300 serie  Black, (3479B002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15356I4,  REMAN. For use in CANON LBP 6200 serie  Black, (726)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OfficeXpress, K12259OX,  REMAN. For use in CANON LBP 5300 serie  Magenta, (CRG711M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OfficeXpress, K15105OX,  REMAN. For use in CANON LBP 5050 serie  Cyan, (CRG716C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K12240QC,  REMAN. For use in CANON LBP 5000 serie  Black, (EP-707 B)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Q-connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OWA, K40167OW, REMAN for use for Canon C-EXV48M</x:v>
-[...1471 lines deleted...]
-        <x:v>Q-connect, K12254QC,  REMAN. For use in CANON LBP 5300 serie  Black, (CRG711BK)</x:v>
+        <x:v>Q-connect, K12389QC,  REMAN. For use in CANON LBP 3250 serie  Black, (CRG713)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Q-connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Q-connect, K15593QC,  REMAN. For use in CANON LBP 7100 serie  Cyan, (731C)</x:v>
+        <x:v>Q-connect, K15106QC,  REMAN. For use in CANON LBP 5050 serie  Magenta, (CRG716M)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Q-connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Greenman Eco Original, CEP5050B (1980B002AA)</x:v>
+        <x:v>Canon 718BK (718BK)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Canon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KMP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KMP AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfarrer-Findl-Straße 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eggenfelden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, CEP27 (8489A002)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0038 (308038)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svärmaregatan 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NORRKÖPING</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Greenman Eco Original, CEP5050Y (1977B002AA)</x:v>
+        <x:v>Greenman Eco Original, CEP5050C (1979B002AA)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0038 (308038)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svärmaregatan 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NORRKÖPING</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Greenman Eco Original, CEP6200 (3479B002)</x:v>
+        <x:v>Greenman Eco Original, CEP7100Y (6269B002)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0038 (308038)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svärmaregatan 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NORRKÖPING</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Greenman Eco Original, CFX3 (1557A003)</x:v>
-[...8414 lines deleted...]
-      <x:c t="str">
         <x:v>Greenman Eco Original, CEP7750C (2643B002)</x:v>
-      </x:c>
-[...30 lines deleted...]
-        <x:v>Greenman Eco Original, CEP7780CB (6264B012)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0038 (308038)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svärmaregatan 1</x:v>
       </x:c>