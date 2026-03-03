--- v0 (2025-12-28)
+++ v1 (2026-03-03)
@@ -1,245 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95130f74b0c54f9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65be00579a4c4160" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R4871e7980ac74355"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R3afaf99fc15f4df4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4871e7980ac74355" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3afaf99fc15f4df4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Blockljus Ahlens, stearin, ø100x100 mm, 31</x:v>
-[...158 lines deleted...]
-      <x:c t="str">
         <x:v>POLAR C-light Värmeljus, 18 st (323062)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0018</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Geralda UAB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kretingos st 43</x:v>
@@ -256,114 +96,50 @@
         <x:v>3088 0018</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Geralda UAB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kretingos st 43</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kartena</x:v>
-      </x:c>
-[...62 lines deleted...]
-        <x:v>Viljandi</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Ica Basic, antikljus, 10 st, 21-25 cm, färgade
 </x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA Basic</x:v>
       </x:c>
@@ -583,5102 +359,1294 @@
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Änglamark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Stearin bloklys støbt, VIO Ljusfabrik AB, Ø: 70 x 200 mm, ufarvet</x:v>
-[...34 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v>Rusta, Crown candles, 190x22 mm, 48 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beson, Crown candles 200x22mm, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BE:son Gross</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mueller Kerzen, Crown candles 300x22mm, 4pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mueller Kerzen, Crown candles 350x22mm, 8pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Runsven, Crown candles, 200x22 mm, 15pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Runsven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa kronljus, 30 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Kronelys 30 pak - 20 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Fest bloklys 100% stearin 5 x 27,5 cm, 4 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Festlys 100% stearin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Gilleljus 1-p med färg 50x120 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Gilleljus 1-p Vit 50X350mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Julgransljus 20-p Röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kanalljus 30-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus 4-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus Korta 4-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kronljus, 40 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, kronljus, 8 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson, kronljus, 20 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Papstar, antikljus, 8 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, antikljus, 50 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, kronljus, 30 st, 25cm Ø24mm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Papstar, kanalljus, 4 st, 20cm Ø24mm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Spira 24x780 mm 40-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Spira 26x870 mm 28-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Wasa 30x250 mm 30-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 39x780 mm 15-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 50x400 mm 12-p (borrat)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus, 4-p med färg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Christina Antikljus 4-p med färg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Christina Antikljus 4-p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PAPSTAR Blockljus Stearin, Ø68x150 mm, vita och färgade</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 664</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ALINGSÅS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, antikljus, 10 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NBA, Crown candles 350x22mm, 8pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lidl, Crown candles 190x22mm, 10pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lidl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åhléns, kronljus, 30 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Åhléns</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Baltic Candles Ltd</x:v>
-[...301 lines deleted...]
-        <x:v>3088 0008</x:v>
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formo, kronljus, 30 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Inicio, antikljus, 8 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Mueller Fabryka Świec S.A.</x:v>
-[...13 lines deleted...]
-        <x:v>3088 0008</x:v>
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Runsven, antikljus, 10 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Runsven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Sofia Antikljus 4-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Mueller Fabryka Świec S.A.</x:v>
-[...4645 lines deleted...]
-        <x:v>Løgumkloster</x:v>
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Änglamark, kronljus, 10 st, 19-35 cm, vita
 </x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Änglamark</x:v>
       </x:c>
@@ -5705,114 +1673,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Balance - stearin bloklys, VIO Ljusfabrik AB, Ø: 70 x 150 mm m. 1-farvet tryk</x:v>
-[...62 lines deleted...]
-      <x:c t="str">
         <x:v>Runsven Blockljus 15x6,8 cm 1 pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Runsven</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mueller Fabryka Świec S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Biały Bór 211</x:v>
@@ -5833,402 +1737,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rusta</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mueller Fabryka Świec S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Biały Bór 211</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grudziadz</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Stearin classic candle, 100% stearin Migros, white, 22x180 mm, 8pcs. (Balthasar), 308</x:v>
-[...350 lines deleted...]
-      <x:c t="str">
         <x:v>ASP-HOLMBLAD Kronelys 20 pak - 24 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ASP-Holmblad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Liljeholmens Stearinfabriks AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 905</x:v>
@@ -6345,114 +1897,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Liljeholmens Stearinfabrik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Liljeholmens Stearinfabriks AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 905</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OSKARSHAMN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Blockljus i stearin by Løgum Kloster Lys est. 1970, Ø 68 x 100 mm, ufarvet, 12 stk.</x:v>
-[...62 lines deleted...]
-      <x:c t="str">
         <x:v>Delsbo Candle, kronljus, 8 st, 20cm Ø24mm, vita</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
@@ -6473,3022 +1961,334 @@
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ASP-Holmblad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Liljeholmens Stearinfabriks AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 905</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OSKARSHAMN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>STEARIN KRONLJUS, 2,3x20 CM (Diana lys)</x:v>
-[...98 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v>Liljeholmens Altarljus 39x220 mm 18-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, Crown candles, 190x22 mm, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore, Kronjlus, 350x22 mm, 8 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus 150-pack Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PAPSTAR Blockljus Stearin, Ø68x100 mm, vita och färgade</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0015</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Papstar</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Baltic Candles Ltd</x:v>
-[...426 lines deleted...]
-        <x:v>Duni, Crown candles, 190x22 mm, 30 pcs</x:v>
+        <x:v>Papstar Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 664</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ALINGSÅS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mueller Kerzen, Crown candles 200x22mm, 30pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Duni</x:v>
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Mueller Fabryka Świec S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Biały Bór 211</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grudziadz</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Stearin classic candle, eco friendly, white, 22x200 mm, 24pcs. (Baltic candles), 319</x:v>
-[...287 lines deleted...]
-        <x:v>Dollarstore, Kronjlus, 350x22 mm, 8 pcs</x:v>
+        <x:v>Tingstad, Crown candles 200x22mm, 150pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Duni</x:v>
+        <x:v>Tingstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mueller Fabryka Świec S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Biały Bór 211</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grudziadz</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x15cm white</x:v>
-[...1471 lines deleted...]
-        <x:v>Mueller Kerzen, Crown candles 200x22mm, 30pcs</x:v>
+        <x:v>S-Invest, Crown candles 350x22mm, 4pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Mueller Fabryka Świec S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Biały Bór 211</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grudziadz</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Tingstad, Crown candles 200x22mm, 150pcs</x:v>
-[...126 lines deleted...]
-      <x:c t="str">
         <x:v>Ica Home, kronljus, 1 st, 19-35 cm, vita och färgade.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA Home</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo</x:v>
-      </x:c>
-[...414 lines deleted...]
-        <x:v>Løgumkloster</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Tingstad, kronljus, 50 st, 19-35 cm, färgade
 </x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tingstad</x:v>
       </x:c>
@@ -9580,4110 +2380,750 @@
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Stearin classic candle, 100% stearin, white, 22x200 mm (Lagerhaus), 251</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Natural Tealights, Geralda, 20 pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0018</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Geralda UAB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kretingos st 43</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kartena</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Overdipped stearin cylinder, white, Ø6.7x18 cm (East import), 286</x:v>
-[...62 lines deleted...]
-      <x:c t="str">
         <x:v>ICA Gravlykta, 28h</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0018</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Geralda UAB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kretingos st 43</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kartena</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Stearin groved cylinder, 100% stearin, white, Ø57x150 mm (Lagerhaus), 323</x:v>
-[...34 lines deleted...]
-        <x:v>2088 0021</x:v>
+        <x:v>Liljeholmens Christinaljus, 8-p med färg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kronljus, 50 st, 19-35 cm, vita </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, Crown candles, 250x22 mm, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Kanallys 20 pak hvid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Festlys 100% stearin 3 x 39 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Fest bloklys 100% stearin 5 x 35 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus Långa 30-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Lykt och Lucialjus 6-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kronljus, 8 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kronljus, 30 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, antikljus, 20 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson, kronljus, 8 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, kronljus, 10 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Papstar, antikljus, 30 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Andaktsljus, 540-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens S:t Erik 23x600 mm 40-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bergendahls, Blockljus 100x68 mm, 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bergendahl's</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore pressed stearin pillar 15 x 6,8 cm, 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prisma 4-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Korona Candles Sp. z o.o.</x:v>
-[...458 lines deleted...]
-        <x:v>Duni, Crown candles, 250x22 mm, 30 pcs</x:v>
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mueller Kerzen, Compo oil +/- 48h</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Duni</x:v>
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Mueller Fabryka Świec S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Biały Bór 211</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grudziadz</x:v>
-      </x:c>
-[...3358 lines deleted...]
-        <x:v>OSKARSHAMN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>C-Light, Compostable Tealights, 20 pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0018</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
@@ -13806,82 +3246,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Stearin classic candle, white, 22x280 mm, 4pcs. (Ahlens), 262</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Moments Kronljus 20 cm, 20 st</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Liljeholmens Stearinfabriks AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 905</x:v>
@@ -13998,2254 +3406,430 @@
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Runsven</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mueller Fabryka Świec S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Biały Bór 211</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grudziadz</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Unik støbt stearinbloklys, Ø 60 x 100 mm, ufarvet, 8 stk.</x:v>
-[...62 lines deleted...]
-      <x:c t="str">
         <x:v>Fixa, kronljus, 10 st, 19-35 cm, vita och färgade.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fixa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Ib Laursen - Stearin Kertelys - 1,3x30 cm. - Celia - Green Tea</x:v>
-[...226 lines deleted...]
-        <x:v>5088 0007</x:v>
+        <x:v>Liljeholmens Kronljus 40-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Liljeholmens Stearinfabrik</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>ASP-HOLMBLAD A/S</x:v>
-[...13 lines deleted...]
-        <x:v>5088 0007</x:v>
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, antikljus, 8 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, antikljus, 30 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Andaktsljus 13x165 mm 320-p Display utan tryck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Liljeholmens Stearinfabrik</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>ASP-HOLMBLAD A/S</x:v>
-[...13 lines deleted...]
-        <x:v>5088 0007</x:v>
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens S:t Erik 21x400 mm 40-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Liljeholmens Stearinfabrik</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>ASP-HOLMBLAD A/S</x:v>
-[...234 lines deleted...]
-        <x:v>Liljeholmens Kronljus 40-p Vit</x:v>
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 42x500 mm 10-p</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Liljeholmens Stearinfabrik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Liljeholmens Stearinfabriks AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 905</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OSKARSHAMN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Stearin Bloklys by Løgum Kloster Lys est. 1970, Ø 70 x 100 mm, ufarvet, 12 stk.</x:v>
-[...194 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v>PAPSTAR värmeljus Ø38x24, 40 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0015</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Papstar</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Baltic Candles Ltd</x:v>
-[...138 lines deleted...]
-        <x:v>Liljeholmens Andaktsljus 13x165 mm 320-p Display utan tryck</x:v>
+        <x:v>Papstar Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 664</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ALINGSÅS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus 8-p Vit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Liljeholmens Stearinfabrik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Liljeholmens Stearinfabriks AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 905</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OSKARSHAMN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Liljeholmens S:t Erik 21x400 mm 40-p</x:v>
+        <x:v>Liljeholmens Kronljus 50-p Vit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Liljeholmens Stearinfabrik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Liljeholmens Stearinfabriks AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 905</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OSKARSHAMN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Liljeholmens Altarljus 42x500 mm 10-p</x:v>
-[...766 lines deleted...]
-      <x:c t="str">
         <x:v>Formo, antikljus, 30 st, 21-25 cm, vita och färgade.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Formo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Blockljus100 % stearin, ø 70x200 mm (Ahlens), 16</x:v>
-[...98 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v>POLAR C-light Värmeljus, 36 st (323061)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0018</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Baltic Candles Ltd</x:v>
-[...126 lines deleted...]
-      <x:c t="str">
         <x:v>Geralda UAB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kretingos st 43</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kartena</x:v>
-      </x:c>
-[...62 lines deleted...]
-        <x:v>Dobele LV</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Åhléns, kronljus, 20 st, 19-35 cm, färgade</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Åhléns</x:v>
       </x:c>
       <x:c t="str">
@@ -16271,178 +3855,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Änglamark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Abstrakt - stearin bloklys, VIO Ljusfabrik AB, Ø: 70 x 150 mm m. 1-farvet tryk</x:v>
-[...126 lines deleted...]
-      <x:c t="str">
         <x:v>Rapeseed tealights, unscented natural wax candles 6 hours, cups 39 mm/24 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Mueller Fabryka Świec S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Biały Bór 211</x:v>
@@ -16463,10734 +3919,2478 @@
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rusta</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mueller Fabryka Świec S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Biały Bór 211</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grudziadz</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Stearin classic candle, Inicio, colored, 22x280 mm, 1pcs. (Besson gros), 326</x:v>
-[...2 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v>ICA Home Kronljus 8-p Röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mueller Kerzen, Crown candles 200x22mm, 10pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S-Invest, Crown candles 200x22mm, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad, Crown candles 200x22mm, 50pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta, Crown candles 280x22 mm, 8pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ica Home, kronljus, 8 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formo, kronljus, 8 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bergendahls, Blockljus 150x68 mm 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bergendahl's</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jabadabado candles, 12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore pressed stearin pillar 15x6,8 cm, grey, 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore pressed stearin pillar 10x6,8 cm, grey, 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prisma 4-p med färg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta, Tealights 100% rapessed wax candles 6 hours, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Kronelys 20 pak - 20 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Kronelys 20 pak (1/2-pall) - 19 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Fest bloklys 100% stearin 5 x 20 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Birgittaljus 4-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Lampettljus 4-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Kronelys 20 cm, 10 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson, Crown candles 300x22mm, 8pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson, Crown candles 190x22mm, 40pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kronljus, 10 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, antikljus, 10 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, antikljus, 50 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Andaktsljus 13x215 mm 400-p utan tryck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 48x585 mm 12-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus, 8-p med färg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, Crown candles, 250x22 mm, 8 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, Crown candles, 350x22 mm, 10 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Home Kronljus 8-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Home Kronljus 30-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Runsven, Crown candles 200x22mm, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Runsven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GEKAS, Crown candles 200x22mm, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gekås Ullared</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lagerhaus, Crown candles 200x22mm, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Varumaerkesgrossisten, Crown candles 200x22mm, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta, Crown candles 190x22mm, 20 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad, Crown candles, 250x22 mm, 120pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Inicio, kronljus, 8 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lagerhaus, kronljus, 30 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Migi, kronljus, 30 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mio, kronljus, 20 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad, antikljus, 50 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granit, kronljus, 10 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Graveyard candle, 28h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Geralda UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kretingos st 43</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kartena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ica Basic, antikljus, 10 st, 21-25 cm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Basic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Affari, kronljus, 30 st, 19-35 cm, färgade</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Affari of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Affari, kronljus, 30 st, 19-35 cm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Affari of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Seremonies No 9 Fyr, antikljus, 15 st, 21-25 cm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natural Tealights, Geralda, 40 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Geralda UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kretingos st 43</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kartena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore pressed stearin pillar 10x6,8 cm, lilac 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore pressed stearin pillar 10x6,8 cm red, 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni Antikljus, 50-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 35x780 mm 15-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Wasa 32x500 mm 21-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 38x500 mm 12-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 48x300 mm 10-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Gilleljus 1-p Vit 50x120mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Gilleljus 1-p Vit 50x200mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus 30-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kupeljus 2-p Röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson, Crown candles 350x22mm, 8pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kronljus, 1 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, kronljus, 30 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kronljus, 30 st, 25 cm Ø24mm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lidl, Crown candles 300x22mm, 6pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lidl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beson, Crown candles 350x22mm, 8pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BE:son Gross</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Baltic Candles Ltd</x:v>
-[...45 lines deleted...]
-        <x:v>3088 0003, 3088 0003</x:v>
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Runsven, kronljus, 8 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Runsven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Inicio, kronljus, 30 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åhléns, antikljus, 10 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa, antikljus, 10 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ica Home, antikljus, 30 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA Home</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Liljeholmens Stearinfabriks AB</x:v>
-[...10 lines deleted...]
-        <x:v>Mueller Kerzen, Crown candles 200x22mm, 10pcs</x:v>
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore pressed stearin pillar 10 x 6,8 cm, 1 pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore pressed stearin pillar 15x6,8 cm, lilac 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore pressed stearin pillar 15 x 6,8 red cm, 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kupéljus 4-p med färg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Mueller Fabryka Świec S.A.</x:v>
-[...13 lines deleted...]
-        <x:v>3088 0008</x:v>
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kupéljus 4-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Mueller Fabryka Świec S.A.</x:v>
-[...10533 lines deleted...]
-        <x:v>Viljandi</x:v>
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Änglamark, antikljus, 10 st, 21-25 cm, vita
 </x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Änglamark</x:v>
       </x:c>
@@ -27216,2414 +6416,654 @@
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Änglamark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Silence  - stearin bloklys, VIO Ljusfabrik AB, Ø: 70 x 150 mm m. 1-farvet tryk</x:v>
-[...34 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v>Runsven Blockljus 10x6,8 cm 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Runsven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA ljus till lykta, röda, 3 pack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Geralda UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kretingos st 43</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kartena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Extra Crown candles, 190x22 mm, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Coop</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Baltic Candles Ltd</x:v>
-[...10 lines deleted...]
-        <x:v>Runsven Blockljus 10x6,8 cm 1 pcs</x:v>
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus 150-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PAPSTAR Blockljus, Stearin vit Ø68x180 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 664</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ALINGSÅS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mueller Kerzen, Graveyard candle with lid +/- 33h</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Runsven</x:v>
+        <x:v>Mueller Kerzen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mueller Fabryka Świec S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Biały Bór 211</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grudziadz</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>20 Tealights in clear cups (Värmeljus),  Ø 38 x 21 mm, ufarvet, 20 stk.</x:v>
-[...95 lines deleted...]
-        <x:v>Coop Extra Crown candles, 190x22 mm, 30 pcs</x:v>
+        <x:v>ASP-HOLMBLAD Fest bloklys 100% stearin 5 x 27,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Gilleljus 1-p med färg 50x200 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kanalljus 12-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kanalljus, 30 st, 20cm Ø24mm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, kanalljus, 30 st, 20cm Ø24mm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Wasa 30x250 mm 44-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 34x240 mm 33-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 35x470 mm 18-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 41x350 mm 18-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 45x300 mm 10-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 50x400 mm 12-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni Antikljus, 10-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, Crown candles, 200x22 mm, 30 pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Coop</x:v>
+        <x:v>Duni</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mueller Fabryka Świec S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Biały Bór 211</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grudziadz</x:v>
-      </x:c>
-[...2142 lines deleted...]
-        <x:v>Dobele LV</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Tingstad, kronljus, 8 st, 19-35 cm, färgade
 </x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tingstad</x:v>
       </x:c>
@@ -29683,1426 +7123,274 @@
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Overdipped stearin cylinder, 100% stearin, white, Ø6.7x18 cm (Besongross), 282</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Rapeseed tealights, unscented natural wax candles 4 hours, cups 39 mm/19 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Mueller Fabryka Świec S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Biały Bór 211</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grudziadz</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Stearin cylinder, white, Ø 40x150 mm (Tell me more), 312</x:v>
-[...98 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v>ICA Gravlykta (röd), 28h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Geralda UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kretingos st 43</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kartena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kronljus 8-p Vit  Kirrat och Klart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirrat och klart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NBA, Crown candles 200x22mm, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>East Import, Crown candles 200x22mm, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beson, Crown candles 280x22mm, 8pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BE:son Gross</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Baltic Candles Ltd</x:v>
-[...1034 lines deleted...]
-        <x:v>NBA, Crown candles 200x22mm, 30pcs</x:v>
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GEKAS, Crown candles 350x22mm, 10pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v/>
+        <x:v>Gekås Ullared</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mueller Fabryka Świec S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Biały Bór 211</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grudziadz</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>East Import, Crown candles 200x22mm, 30pcs</x:v>
-[...126 lines deleted...]
-      <x:c t="str">
         <x:v>Åhléns, kronljus, 8 st, 19-35 cm, vita och färgade.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Åhléns</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
@@ -31123,1690 +7411,250 @@
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA Home</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>100% Stearinlys, 30 stk, Ø 22x200 mm (Refillsystem), 23</x:v>
-[...66 lines deleted...]
-        <x:v>5088 0007</x:v>
+        <x:v>Liljeholmens Antikljus 30-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Liljeholmens Stearinfabrik</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>ASP-HOLMBLAD A/S</x:v>
-[...10 lines deleted...]
-        <x:v>Liljeholmens Antikljus 30-p Vit</x:v>
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kanalljus 4-p Vit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Liljeholmens Stearinfabrik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Liljeholmens Stearinfabriks AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 905</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OSKARSHAMN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Liljeholmens Kanalljus 4-p Vit</x:v>
+        <x:v>Liljeholmens Kupeljus 2-p Vit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Liljeholmens Stearinfabrik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Liljeholmens Stearinfabriks AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 905</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OSKARSHAMN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Liljeholmens Kupeljus 2-p Vit</x:v>
+        <x:v>Delsbo Candle, kronljus, 20 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Gilleljus 50x200 mm 16-p</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Liljeholmens Stearinfabrik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Liljeholmens Stearinfabriks AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 905</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OSKARSHAMN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Fyrfadslys by Løgum Kloster Lys est. 1970, 40 stk.</x:v>
-[...63 lines deleted...]
-        <x:v>Delsbo Candle, kronljus, 20 st, 19-35 cm, vita och färgade.</x:v>
+        <x:v>Delsbo Candle, kronljus, 50 st, 19-35 cm, färgade</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>STEARIN KRONLJUS, 2,3x30 CM (Diana lys)</x:v>
-[...159 lines deleted...]
-        <x:v>Liljeholmens Gilleljus 50x200 mm 16-p</x:v>
+        <x:v>Liljeholmens Kronljus 20-p Vit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Liljeholmens Stearinfabrik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Liljeholmens Stearinfabriks AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 905</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OSKARSHAMN</x:v>
-      </x:c>
-[...1182 lines deleted...]
-        <x:v>Riihimäki</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>