--- v0 (2026-01-22)
+++ v1 (2026-03-24)
@@ -1,694 +1,4502 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b9f805f7aa94ea4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80e99bdc16e24663" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R0c3e2bcb4cdd48a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R78c61e578ad341d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0c3e2bcb4cdd48a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R78c61e578ad341d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>4194, CABINET, Melamine cabinet with 3 doors and 3 open compartmens, cm 104x46x44h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SZ7432, CABINET, Melamine cubic module, cm 40x30x40h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cube skänk 100-9, TV bänk m/hjul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4090, CABINET, Cabinet with 4 doors and 8 plastic trays, cm 104x44x150h, cm 104x44x185h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4155, CABINET, Locker complete with 2 open compartments and 8 clothes hanger, cm 104x44x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4048, CABINET, Cabinet with 1 door on one side, and open on the other side, cm 104x44x150h, cm 104x44x185h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4148, CABINET, Cabinet complete with 4 open compartments and 4 clothes hanger, cm 104x44x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cube skänk 150-5, m/2 täckta dörrar och 3 trähyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4186, CABINET, Melamine cabinet with 1 open compartment, cm 44x44x44h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4130, CABINET, Open cabinet with 2 compartments, cm 104x44x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cube skänk 150-4, m/2 glasdörrar, 3 lådor i mitten och 2 glashyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4151, CABINET, Cupboard with 6 compartments and 2 doors, cm 104x46x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4008 (EX SZ7412), CABINET, Melamine cabinet with 12 open compartments, cm 104x44x150h, cm 104x44x185h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4058 (EX SZ7426), CABINET, Melamine storage unit with 12 open compartments, cm 104x44x200h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SZ7438, CABINET, Melamine cubic module with 4 open compartments, cm 155x30x40h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cube skänk 200-3, m/4 täckta dörrar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4064, CABINET, Open shelving with 10 compartments and central divider, cm 104x44x200h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4159, CABINET, Locker with 2 doors complete with 4 compartments and 8 clothes hanger, cm 104x46x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4136, CABINET, Locker with 3 doors complete with 6 compartments and clothes hanger, cm 104x46x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4034 (EX SZ7414), CABINET, melamine cabinet with 7 open compartments and 2 drawers, cm 104x44x150h, cm 104x44x185h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4141, CABINET, Cabinet with 2 compartments and 2 doors, cm 104x46x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4145, CABINET, Melamine cabinet 3 open compartments, cm 104x44x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>4042, CABINET, Cabinet with 6 doors, cm 104x44x150h, cm 104x44x185h</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0119</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cabinets and sideboards</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vastarredo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vastarredo Srl</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Osca, 67</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vasto (CH)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>4048, CABINET, Cabinet with 1 door on one side, and open on the other side, cm 104x44x150h, cm 104x44x185h</x:v>
-[...26 lines deleted...]
-        <x:v>Vasto (CH)</x:v>
+        <x:v>4074, CABINET, Melamine cupboard with 5 compartments (3 are open) and 2 doors, cm 104x44x200h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>L10 Locker, storage locker on plinth or feet, minimum depth 450 mm, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4038, CABINET, Melamine cabient with 8 open compartments and 2 doors, cm 104x44x150h, cm 104x44x185h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SZ7437, CABINET, Melamine cubic module with 3 open compartments, cm 116x30x40h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4178, CABINET, Melamine cabinet 3 open compartments with 4 bins and 8 small bins, cm 104x44x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4165, CABINET, Open compartment locker complete with 10 clothes hanger, cm 104x44x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4032, CABINET, Cabinet with 5 doors, cm 53x46x150h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4158, CABINET, cabinet complete with 4 open compartments and 8 clothes hanger, cm 104x44x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>L10 Locker, storage locker on plinth or feet, minimum depth 450 mm, Melamine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4068, CABINET, Melamine cupboard with 8 compartments and 4 doors, cm 104x46x200h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4310, CABINET, Melamine cabinet with 6 open compartments, cm 104x44x77h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4305, CABINET, Melamine cabinet with 2 open compartments, cm 104x44x77h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4164, CABINET, Locker with 3 doors complete with 3 compartments, shoe rack and 6 clothes hanger, cm 104x46x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4126, CABINET, Melamine cabinet with 2 doors, 1 central open compartment with plastic trays, cm 104x46x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalform Kläd-/Elev-/Förvaringsskåp med Laminatdörr Serie 9458</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0137</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalform</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalform AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsvägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Säter</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Titan cabinet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenheim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>UAB "SVENHEIM"</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naujoji st. 132</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alytus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4160, CABINET, Locker complete with 3 open compartments and 9 clothes hanger, cm 104x44x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cube högskåp 100-3, m/2 täckta dörrar (100), 6 trähyllor, 6 lådor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cube högskåp 100-6, m/1 täckt dörr (150), 1 täckt dörr (100), 3 lådor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cube högskåp - Design 2, m/2 dörrar med glas i 2 fält, 8 st. glashyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cube skänk 200-2, m/2 täckta dörrar och 3 lådor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>4062, CABINET, Melamine cupboard with 5 open compartments, cm 104x44x200h</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0119</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cabinets and sideboards</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vastarredo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vastarredo Srl</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Osca, 67</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vasto (CH)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>4074, CABINET, Melamine cupboard with 5 compartments (3 are open) and 2 doors, cm 104x44x200h</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>4076, CABINET, Cabinet with 6 compartments and 2 doors, cm 53x44x200h</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0119</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cabinets and sideboards</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vastarredo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vastarredo Srl</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Osca, 67</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vasto (CH)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>4126, CABINET, Melamine cabinet with 2 doors, 1 central open compartment with plastic trays, cm 104x46x105h</x:v>
-[...26 lines deleted...]
-        <x:v>Vasto (CH)</x:v>
+        <x:v>Cube skänk 100-1, m/2 täckta dörrar, 2 trähyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SZ7444, CABINET, Curved module on wheels. 4 open compartments. Metal grid back, cm 148x58x106h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cube skänk 100-3, m/1 glasdörr, 1 trähylla och 1 glashylla</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SZ7439, CABINET, Melamine cubic module with 4 open compartments, cm 78x30x78h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4139, CABINET, Melamine cabinet 9 compartments and 9 doors, cm 104x46x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4170, CABINET, Melamine cabinet 12 open compartments, cm 104x44x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4143, CABINET, Corner cabinet with 2 open compartments, cm 44x44x77h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4102, CABINET, Melamine cabinet with 2 large open compartments, 2 small compartments, and 2 drawers, cm 104x46x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4004, CABINET, Open melamine cabinet with 8 compartments and central divider, cm 104x44x150h, cm 104x44x185h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4135, CABINET, Locker complete with 6 open compartments and clothes hanger, cm 104x44x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SZ7433, CABINET, Melamine cubic module with 2 open compartments, cm 40x30x78h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4146, CABINET, Cabinet with 3 compartments and 2 doors, cm 104x46x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4122, CABINET, Cabinet with 3 compartments and 1 door, cm 53x44x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4014, CABINET, Melamine cabinet with 3 doors, cm 104x44x150h, cm 104x44x185h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4059 (EX SZ7424), CABINET, Melamine cabinet with 3 open compartments and 2 closed compartments with 2 doors, cm 104x46x200h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4050, CABINET, Melamine cabinet with 9  compartments and 6 doors, cm 104x44x150h, cm 104x44x185h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cube högskåp 100-2, m/2 glasdörrar, 4 glashyllor och 4 trähyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>L20 Locker, storage locker on wheel, minimum depth 600 mm, Melamine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4069, CABINET, Cupboard with 2 doors at the bottom, and open compartments at the top, cm 104x46x200h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4072, CABINET, Melamine cupboard with central divider 8 compartments and 2 doors, cm 104x46x200h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cube högskåp - Design 2, m/2 hela dörrar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Expect Mobil, Melamine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4144, CABINET, Corner cabinet with 3 open compartments, cm 53x44x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4140, CABINET, Melamine cabinet 2 open compartments, cm 104x44x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cube skänk 200-1, m/2 täckta dörrar och 1 trähylla i mitten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>4133, CABINET, Melamine cabinet 9 open compartments, cm 104x44x105h</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0119</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cabinets and sideboards</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vastarredo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vastarredo Srl</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Osca, 67</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vasto (CH)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>4164, CABINET, Locker with 3 doors complete with 3 compartments, shoe rack and 6 clothes hanger, cm 104x46x105h</x:v>
-[...122 lines deleted...]
-        <x:v>Vasto (CH)</x:v>
+        <x:v>Cube skänk 100-2, m/2 glasdörrar och 2 glashyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>4191, CABINET, Melamine cabinet with 2 doors, cm 104x46x44h</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0119</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cabinets and sideboards</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vastarredo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vastarredo Srl</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Osca, 67</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vasto (CH)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>L10 Locker, storage locker on plinth or feet, minimum depth 450 mm, Linoleum</x:v>
+        <x:v>SZ7441, CABINET, Melamine horizontal cubic module 4x2 open compartments, cm 155x30x78h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>L20 Locker, storage locker on wheel, minimum depth 600 mm, NanoSoft-Laminate</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cabinets and sideboards</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOLMRIS B8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holmris B8 A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odinsvej 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjerringbro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Cube skänk 200-1, m/2 täckta dörrar och 1 trähylla i mitten</x:v>
+        <x:v>4006, CABINET, Melamine cabinet with 6 open compartments, cm 104x44x150h, cm 104x44x185h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4163, CABINET, Locker complete with 3 open compartments, shoe rack and 6 clothes hanger, cm 104x44x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOCKER cabinet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>UAB "SVENHEIM"</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naujoji st. 132</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alytus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4024, CABINET, Magazine rack made with melamine with 9 small doors, cm 104x46x150h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4169, CABINET, Locker complete with 10 clothes hanger and 2 doors, cm 104x46x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4306, CABINET, Melamine cabinet with 2 compartments and 2 doors, cm 104x46x77h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4077, CABINET, Melamine column with 6 compartments (3 are open) and 1 door, cm 53x44x200h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cube skänk 100-6, m/2 lådor, 1 täckt dörr och 1 trähylla</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cabinets and sideboards</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Cube skänk 100-1, m/2 täckta dörrar, 2 trähyllor</x:v>
+        <x:v>SZ7434, CABINET, Melamine cubic module with 3 open compartments, cm 40x30x116h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4028, CABINET, Melamine cupboard for locker room with central divider, 5 open compartments on the left, 1 compartment with coat hangers on the opposite side, cm 104x46x200h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cube skänk 150-6, m/2 glasdörrar, 1 trähylla mitten och 2 glashyllor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cabinets and sideboards</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Cube skänk 150-4, m/2 glasdörrar, 3 lådor i mitten och 2 glashyllor</x:v>
+        <x:v>Cube skänk 100-4, m/1 täckt dörr och 2 trähyllor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cabinets and sideboards</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Cube skänk 100-2, m/2 glasdörrar och 2 glashyllor</x:v>
+        <x:v>SZ7400, CABINET, Melamine drawer on wheels with 2 open compartments, cm 80x30x57h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4071, CABINET, Melamine column with 5 open compartments, cm 53x44x200h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4174, CABINET, Melamine cabinet 15 open compartments, cm 104x44x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4177 (EX SZ7406), CABINET, Melamine box cabinet with 10 open compartments, cm 104x44x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cube skänk 100-5, m/2 lådor, 1 glasdörr och 1 glashylla</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cabinets and sideboards</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>4161, CABINET, Clothes locker with 9 hangers and 3 doors, cm 104x46x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4022, CABINET, Melamine cabinet with 9 open compartments, cm 104x44x150h, cm 104x44x185h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4030, CABINET, Cabinet with 10 doors, cm 104x44x150h, cm 104x44x185h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4154, CABINET, Locker complete with 3 open compartments, shoe rack and 6 clothes hanger, cm 104x46x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4132, CABINET, Melamine cabinet 3 compartmets (1 is open) and 2 doors, cm 104x46x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4192, CABINET, Melamine cabinet with 2 doors and 2 open compartmens, cm 104x46x44h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4070, CABINET, Melamine cupboard with 5 compartments and 2 doors, cm 104x46x200h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SZ7436, CABINET, Melamine cubic module with 2 open compartments, cm 78x30x40h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>L10 Locker, storage locker on plinth or feet, minimum depth 450 mm, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cube skänk 150-3, m/2 täckta dörrar och 3 lådor i mitten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4002, CABINET, Melamine cabinet with 4 open compartments, cm 104x44x150h, cm 104x44x185h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4010, CABINET, Melamine cabinet with 4  compartments and two doors, cm 104x44x150h, cm 104x44x185h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cube högskåp 100-5, m/1 glasdörr (150), 1 glasdörr (100), 3 lådor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4067, CABINET, Open shelving with 12 compartments and central divider, cm 104x44x200h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cube skänk 150-2, m/3 glasdörrar och 3 glashyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SZ7440, CABINET, Melamine horizontal cubic 3x2 module open compartments, cm 116x30x78h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cube högskåp 100-4, m/2 glasdörrar, 4 glashyllor, 2 trähyllor, 6 lådor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>L20 Locker, storage locker on wheel, minimum depth 600 mm, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IRIS shool storages</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenheim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>UAB "SVENHEIM"</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naujoji st. 132</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alytus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4182, CABINET, Melamine cabinet with 2 open compartments, cm 104x44x44h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4121, CABINET, Open cabinet with 3 open compartments, cm 53x44x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cube högskåp 100-1, m/2 täckta dörrar och 8 trähyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4029, CABINET, cabinet complete with 2 compartments and 2 doors, cm 104x46x200h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4134, CABINET, Melamine cabinet 18 open compartments, cm 104x44x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4026, CABINET, cabinet with 12 small doors, cm 104x46x200h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4012, CABINET, Open melamine cabinet with 8 compartments, central divider and two doors, cm 104x44x150h, cm 104x44x185h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>L10 Locker, storage locker on plinth or feet, minimum depth 450 mm, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>L20 Locker, storage locker on wheel, minimum depth 600 mm, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4044, CABINET, Cabinet with 2 doors, cm 53x46x150h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4036 (EX SZ7416), CABINET, Melamine cabinet with 5 open compartments and 2 drawers and 1 door, cm 104x44x150h, cm 104x44x185h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalform Kläd-/Elev-/Förvaringsskåp med Ståldörr Serie 9458</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0137</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalform</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalform AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsvägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Säter</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4081 (EX SZ7422), CABINET, Melamine storage unit with 16 open compartments, cm 104x44x200h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4052, CABINET, Melamine cabinet with 9  compartments and 9 doors, cm 104x44x150h, cm 104x44x185h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4073, CABINET, Melamine column with 5 compartments (3 are open) and 1 door, cm 53x44x200h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>L20 Locker, storage locker on wheel, minimum depth 600 mm, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4181, CABINET, Melamine cabinet with 1 open compartment, cm 104x44x44h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4150, CABINET, Melamine cabinet 6 open compartments, cm 104x44x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cube högskåp - Design 2, m/2 dörrar med glas i 1 fält</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4301, CABINET, Melamine cabinet with 9 open compartments, cm 104x44x77h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4153, CABINET, cabinet with 6 compartments, cm 104x44x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cube skänk 100-8, m/3 lådor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>KopiPrint cabinet</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0101</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cabinets and sideboards</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>UAB "SVENHEIM"</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Naujoji st. 132</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Alytus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>LOCKER cabinet</x:v>
-[...31 lines deleted...]
-        <x:v>4002, CABINET, Melamine cabinet with 4 open compartments, cm 104x44x150h, cm 104x44x185h</x:v>
+        <x:v>Cube skänk 150-1, m/3 täckta dörrar och 3 trähyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4184, CABINET, Melamine cabinet with 3 open compartments, cm 104x44x44h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4131, CABINET, Locker with 2 doors complete with 4 compartments and clothes hanger, cm 104x46x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4183, CABINET, Melamine cabinet with 4 open compartments, cm 104x44x44h</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0119</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cabinets and sideboards</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vastarredo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vastarredo Srl</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Osca, 67</x:v>
       </x:c>
@@ -708,4147 +4516,339 @@
       </x:c>
       <x:c t="str">
         <x:v>Cabinets and sideboards</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vastarredo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vastarredo Srl</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Osca, 67</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vasto (CH)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>4022, CABINET, Melamine cabinet with 9 open compartments, cm 104x44x150h, cm 104x44x185h</x:v>
-[...94 lines deleted...]
-      <x:c t="str">
         <x:v>4156, CABINET, Clothes locker with 8 hangers and doors, cm 104x46x105h</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0119</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cabinets and sideboards</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vastarredo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vastarredo Srl</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Osca, 67</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vasto (CH)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>4161, CABINET, Clothes locker with 9 hangers and 3 doors, cm 104x46x105h</x:v>
-[...63 lines deleted...]
-        <x:v>L10 Locker, storage locker on plinth or feet, minimum depth 450 mm, Veneer</x:v>
+        <x:v>4075, CABINET, Melamine column with 5 compartments (2 are open) and 2 doors, cm 53x44x200h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4101 (EX SZ7404), CABINET, Melamine module cabinet with 5 open compartments, cm 104x44x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4175, CABINET, Melamine cabinet 3 open compartments with 24 small bins, cm 104x44x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4149, CABINET, Locker with 2 doors complete with 4 compartments and clothes hanger, cm 104x46x105h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>L10 Locker, storage locker on plinth or feet, minimum depth 450 mm, Laminate</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cabinets and sideboards</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOLMRIS B8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holmris B8 A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odinsvej 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjerringbro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Cube skänk 100-4, m/1 täckt dörr och 2 trähyllor</x:v>
-[...26 lines deleted...]
-        <x:v>Stordal</x:v>
+        <x:v>4079, CABINET, Melamine cabinet with 18 open compartments, cm 104x44x200h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4180, CABINET, Melamine cabinet with 6 open compartments, cm 104x44x44h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SZ7435, CABINET, Melamine cubic module with 4 open compartments, cm 40x30x155h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cabinets and sideboards</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Cube skänk 100-7, m/2 lådor och 1 trähylla</x:v>
-      </x:c>
-[...3838 lines deleted...]
-        <x:v>Cube högskåp - Design 2, m/2 dörrar med glas i 1 fält</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cabinets and sideboards</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>