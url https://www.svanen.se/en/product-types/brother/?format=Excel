--- v0 (2025-12-16)
+++ v1 (2026-02-24)
@@ -1,85 +1,533 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51a078e744b6455d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54399c3d9baf428b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rc8ea9807ab474d00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rc9434263e2104ee3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc8ea9807ab474d00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc9434263e2104ee3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>TURBON, for use in Brother HL-4040 CN , Magenta, (TN 135M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL 3040/3070 , Magenta, (TN 230M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL-4570CDW, MFC-9970CDW,DCP-9270CDN , Cyan, (TN 328C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL-6050 , Black Drum, (DR 4000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL 3040/3070 , Black Drum, (DR 230CL BK)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K12249OW REMAN. For use in BROTHER HL 5240 serie Drum, (DR-3100)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K12084I4,  REMAN. For use in BROTHER HL 5130 serie  Drum, (DR-3000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15547I4, REMAN. For use in BROTHER HL 5440, 5470, 5480, 6180 MFC 8510, 8515, 8520, 8710, 8810, 8910, 8950 DCP 8110, 8115, 8250 serie, DRUM, (DR-3300)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15725I4, REMAN. For use in BROTHER PACK X4 Bk/C/M/Y - HL 3140, 3150, 3170, DCP 9020,  MFC 9140  serie, DRUM, (DR-241CL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15739I4, REMAN. For use in BROTHER HL-L2300, 2320, 2340, 2360, 2365, 2380, DCP-L2500, 2520, 2540, 2560, 2700, MFC-L2700, 2720, 2740  serie, DRUM, (DR-2300)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15110OW, REMAN. For use in BROTHER HL 2140, 2150, 2170 serie, DRUM, (DR-2100)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15725OW, REMAN. For use in BROTHER PACK X4 Bk/C/M/Y - HL 3140, 3150, 3170, DCP 9020, MFC 9140 serie, DRUM, (DR-241CL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15793OW, REMAN. For use in BROTHER HL-L8250, 8350, 9200, 9300, DCP-L8400, 8450, MFC-L8600, 8650, 8850, 9550 serie, DRUM, (DR-321CL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K15418LY, DRUM COMP BROTHER DR 2200 BLK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>STARLINE, K12249TA, Laser cart REMAN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brother</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Starline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
@@ -132,4346 +580,4538 @@
       </x:c>
       <x:c t="str">
         <x:v>Brother</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>edding</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TURBON, for use in Brother HL-4040 CN , Magenta, (TN 135M)</x:v>
+        <x:v>Greenman Eco Original, BT242B (TN-242BK)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, BT4040M (TN-135M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, BT4040Y (TN-135Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, BD2100 (DR-2100)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15418E1, REMAN. For use in BROTHER HL 2240, 2250 serie, DRUM, (DR-2200)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15725E1, REMAN. For use in BROTHER PACK X4 Bk/C/M/Y - HL 3140, 3150, 3170, DCP 9020,  MFC 9140  serie, DRUM, (DR-241CL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL-4570CDW, MFC-9970CDW,DCP-9270CDN , Yellow, (TN 328Y)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0046 (308046)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brother</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon România SRL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jud.Calarasi,</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oltenita</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TURBON, for use in Brother HL 3040/3070 , Magenta, (TN 230M)</x:v>
+        <x:v>TURBON, for use in Brother HL-5240/5250/5270 , Black Drum, (DR 3100)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0046 (308046)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brother</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon România SRL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jud.Calarasi,</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oltenita</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TURBON, for use in Brother HL-4570CDW, MFC-9970CDW,DCP-9270CDN , Cyan, (TN 328C)</x:v>
+        <x:v>TURBON, for use in Brother Fax 8070 , Black Drum, (DR 8000)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0046 (308046)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brother</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon România SRL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jud.Calarasi,</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oltenita</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TURBON, for use in Brother HL-6050 , Black Drum, (DR 4000)</x:v>
+        <x:v>TURBON, for use in Brother HL-1060 , Black Drum, (DR 300)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0046 (308046)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brother</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon România SRL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jud.Calarasi,</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oltenita</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TURBON, for use in Brother HL 3040/3070 , Black Drum, (DR 230CL BK)</x:v>
+        <x:v>TURBON, for use in Brother HL 2140/2150/2170 , Black, (TN-2110)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0046 (308046)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brother</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon România SRL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jud.Calarasi,</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oltenita</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OWA, K12249OW REMAN. For use in BROTHER HL 5240 serie Drum, (DR-3100)</x:v>
+        <x:v>Turbon, for use in Brother HL 3140CW, 3170CDW, Magenta, (TN 245M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K12010I4, REMAN. For use in BROTHER HL 1030, 1240, 1250, 1430, 1470, MFC 9660, 9750, 9760, 9880, Fax 8360 P serie, DRUM, (DR-6000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brother HL-5340 (DR-3200)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KMP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KMP AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfarrer-Findl-Straße 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eggenfelden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, BD2200 (DR-2200)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K12171QC Laser cart REMAN for BROTHER DR-2000</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15148TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15742TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K12249E1, REMAN. For use in BROTHER HL 5240 serie  Drum, (DR-3100)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15110E1, REMAN. For use in BROTHER HL 2140, 2150, 2170 serie, DRUM, (DR-2100)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15123OWE1 REMAN. For use in BROTHER HL 6050 serie, DRUM, (DR-4000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15148E1 REMAN. For use in BROTHER HL 5340 serie  Drum, (DR-3200)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, BD320 (DR-320CL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, BT241Y (TN-241Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, BT242Y (TN-242Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL-4140CN/4150CDN/4570CDW, MFC-9460CDN/9970CDW,DCP-9055CDN/9270CDN , Yellow, (TN 325Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL-4140CN/4150CDN/4570CDW, MFC-9460CDN/9970CDW,DCP-9055CDN/9270CDN , Magenta, (TN 325M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15418OW, REMAN. For use in BROTHER HL 2240, 2250 serie, DRUM, (DR-2200)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brother</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OWA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ISOLDA, K12084I4,  REMAN. For use in BROTHER HL 5130 serie  Drum, (DR-3000)</x:v>
+        <x:v>Turbon, for use in Brother HL 3140CW, 3170CDW, Black, (TN 241BK)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15110QC Laser cart REMAN for BROTHER DR-2100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K12084QC Laser cart REMAN for BROTHER DR-3000</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15739QC Laser cart REMAN for BROTHER DR-2300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15123QC Laser cart REMAN for BROTHER DR-4000</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K15547LY, COMP DRUM BROTHER DR3300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL-4140CN/4150CDN/4570CDW, MFC-9460CDN/9970CDW,DCP-9055CDN/9270CDN , Black Drum, (DR 320CL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL-4570CDW, MFC-9970CDW,DCP-9270CDN , Black, (TN 328BK)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL-7050 , Black Drum, (DR 5500)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL-5130 , Black Drum, (DR 3000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15793E1, REMAN. For use in BROTHER HL-L8250, 8350,  serie, DRUM, (DR-321CL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, BT2200LC (TN­2210)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15742OW, REMAN. For use in BROTHER HL 1110, 1201, 1210, DCP 1510, 1601, 1610, 1612, 1616, MFC 1810, 1815, 1910, 1911 serie, DRUM, (DR-1050)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, BD3100 (DR-3100)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, BD4000 (DR-4000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K15739LY, COMP DRUM BROTHER DR2300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15148F7, Laser cart compat for BROTHER DR-3200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15725F7, Laser cart compat for BROTHER DR-241CL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K12010QC Laser cart REMAN for BROTHER DR-6000</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15547TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15742E1, REMAN. For use in BROTHER HL 1110, 1201, 1210, DCP 1510 serie, DRUM, (DR-1050)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL 3040/3070 , Yellow, (TN 230Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL-1650/1670 , Black Drum, (DR 7000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL-720, 730, 760 , Black Drum, (DR 200)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL 3040/3070 , Black, (TN 230BK)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL-4140CN/4150CDN/4570CDW, MFC-9460CDN/9970CDW,DCP-9055CDN/9270CDN , Cyan, (TN 325C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL-5340/5350/5370  - OPC - Drum Unit , Black Drum, (DR 3200)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turbon, for use in Brother HL 3140CW, 3170CDW, Cyan, (TN 245C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL-2130 / DCP 7055 / 7057, (TN 2010)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K11349OW REMAN. For use in BROTHER HL 2460 serie BLACK, (TN-9500)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15148I4,  REMAN. For use in BROTHER HL 5340 serie  Drum, (DR-3200)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brother</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Isolda</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ISOLDA, K15547I4, REMAN. For use in BROTHER HL 5440, 5470, 5480, 6180 MFC 8510, 8515, 8520, 8710, 8810, 8910, 8950 DCP 8110, 8115, 8250 serie, DRUM, (DR-3300)</x:v>
+        <x:v>ISOLDA, K12171I4, REMAN. For use in BROTHER HL 2030, 2040, 2070 DCP 7010, 7025 MFC 7225, 7420, 7820 Fax 2820, 2825, 2920 serie, DRUM, (DR-2000)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brother</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Isolda</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ISOLDA, K15725I4, REMAN. For use in BROTHER PACK X4 Bk/C/M/Y - HL 3140, 3150, 3170, DCP 9020,  MFC 9140  serie, DRUM, (DR-241CL)</x:v>
+        <x:v>OWA, K12010OW, REMAN. For use in BROTHER HL 1030, 1240, 1250, 1430, 1470, MFC 9660, 9750, 9760, 9880, Fax 8360 P serie, DRUM, (DR-6000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K12171OW, REMAN. For use in BROTHER HL 2030, 2040, 2070 DCP 7010, 7025 MFC 7225, 7420, 7820 Fax 2820, 2825, 2920 serie, DRUM, (DR-2000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turbon, for use in Brother HL 3140CW, 3170CDW, Yellow, (TN 245Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K10692OW REMAN. For use in BROTHER HL 960, 1260, 1660, 2060 serie BLACK, (TN-9000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K10692I4, REMAN. For use in BROTHER HL 960, 1260, 1660, 2060 serie  BLACK, (TN-9000)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brother</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Isolda</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ISOLDA, K15739I4, REMAN. For use in BROTHER HL-L2300, 2320, 2340, 2360, 2365, 2380, DCP-L2500, 2520, 2540, 2560, 2700, MFC-L2700, 2720, 2740  serie, DRUM, (DR-2300)</x:v>
+        <x:v>ISOLDA, K11349I4, REMAN. For use in BROTHER HL 2460 serie  BLACK, (TN-9500)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brother</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Isolda</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OWA, K15110OW, REMAN. For use in BROTHER HL 2140, 2150, 2170 serie, DRUM, (DR-2100)</x:v>
+        <x:v>Q-connect, K11349QC, REMAN. For use in BROTHER HL 2460 serie  BLACK, (TN-9500)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K12084OW REMAN. For use in BROTHER HL 5130 serie Drum, (DR-3000)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brother</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OWA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OWA, K15725OW, REMAN. For use in BROTHER PACK X4 Bk/C/M/Y - HL 3140, 3150, 3170, DCP 9020, MFC 9140 serie, DRUM, (DR-241CL)</x:v>
+        <x:v>OWA, K15148OW REMAN. For use in BROTHER HL 5340 serie Drum, (DR-3200)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brother</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OWA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OWA, K15793OW, REMAN. For use in BROTHER HL-L8250, 8350, 9200, 9300, DCP-L8400, 8450, MFC-L8600, 8650, 8850, 9550 serie, DRUM, (DR-321CL)</x:v>
+        <x:v>ISOLDA, K15418I4, REMAN. For use in BROTHER HL 2240, 2250 serie, DRUM, (DR-2200)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15547OW, REMAN. For use in BROTHER HL 5440, 5470, 5480, 6180 MFC 8510, 8515, 8520, 8710, 8810, 8910, 8950 DCP 8110, 8115, 8250 serie, DRUM, (DR-3300)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brother</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OWA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>LYRECO, K15418LY, DRUM COMP BROTHER DR 2200 BLK</x:v>
+        <x:v>Brother HL-2130 (DR-2200)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KMP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KMP AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfarrer-Findl-Straße 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eggenfelden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, BD2005 (DR-2005)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, BD3000 (DR-3000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, BD3300 (DR-3300)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, BD6000 (DR-6000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15110F7, Laser cart compat for BROTHER DR-2100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15742F7, Laser cart compat for BROTHER DR-1050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15148QC Laser cart REMAN for BROTHER DR-3200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K12084E1, REMAN. For use in BROTHER HL 5130 serie  Drum, (DR-3000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K12171E1, REMAN. For use in BROTHER HL 2030, 2040, 2920 serie, DRUM, (DR-2000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL 3040/3070CMY Drum, (DR 230CL CMY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL 2035 , Black Drum, (DR 2005)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL-4140CN/4150CDN/4570CDW, MFC-9460CDN/9970CDW,DCP-9055CDN/9270CDN , Black, (TN 325BK)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, BT241M (TN-241M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, BT4040C (TN-135C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K10692E1, REMAN. For use in BROTHER HL 960, 1260, 1660, 2060 serie  BLACK, (TN-9000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, BD1050 (DR-1050)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K12249QC Laser cart REMAN for BROTHER DR-3100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15418F7, Laser cart compat for BROTHER DR-2200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, BD3200 (DR-3200)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15110I4, REMAN. For use in BROTHER HL 2140, 2150, 2170 serie, DRUM, (DR-2100)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OfficeXpress, K15148OX,  REMAN. For use in BROTHER HL 5340 serie  Drum, (DR-3200)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K12249I4,  REMAN. For use in BROTHER HL 5240 serie  Drum, (DR-3100)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL-4040 CN , Yellow, (TN 135Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL-4040 CN , Black, (TN 135BK)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL-5340/5350/5370 , (TN 3230)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, BT241C (TN-241C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, BT4040B (TN-135BK)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, BT245Y (TN-245Y)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, BT3280 (TN-3280)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15547E1, REMAN. For use in BROTHER HL 5440, 5470,  serie, DRUM, (DR-3300)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL-4040 CN , Cyan, (TN 135C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL-4570CDW, MFC-9970CDW,DCP-9270CDN , Magenta, (TN 328M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL-1240 /-1250 /-1270 , Black Drum, (DR 6000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL-5450DN / 5470DW , Black Drum, (DR 3300)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL 2140/2150/2170 , Black Drum, (DR 2100)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Brother HL 2240/ -D; 2250 DN; 2270 DW, (TN 2210)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15739OW, REMAN. For use in BROTHER HL-L2300, 2320, 2340, 2360, 2365, 2380, DCP-L2500, 2520, 2540, 2560, 2700, MFC-L2700, 2720, 2740  serie, DRUM, (DR-2300)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K12171F7, Laser cart compat for BROTHER DR-2000</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, BD2000 (DR-2000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K12171LY, DRUM COMP BROTHER DR-2000</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brother</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lyreco</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>EDDING, K15418E1, REMAN. For use in BROTHER HL 2240, 2250 serie, DRUM, (DR-2200)</x:v>
+        <x:v>LYRECO, K15148LY, DRUM COMP BROTHER DR-3200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K12249LY, DRUM COMP BROTHER DR3100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K12249F7, Laser cart compat for BROTHER DR-3100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15547F7, Laser cart compat for BROTHER DR-3300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15739F7, Laser cart compat for BROTHER DR-2300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, BT242M (TN-242M)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, BT2200 (TN-2220)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, BT245C (TN-245C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15742I4, REMAN. For use in BROTHER HL 1110, 1201, 1210, DCP 1510, 1601, 1610, 1612, 1616, MFC 1810, 1815, 1910, 1911   serie, DRUM, (DR-1050)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15547OX, REMAN. For use in BROTHER HL 5440, 5470, 5480, 6180 MFC 8510, 8515, 8520, 8710, 8810, 8910, 8950 DCP 8110, 8115, 8250 serie, DRUM, (DR-3300)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15123OW, REMAN. For use in BROTHER HL 6050 serie, DRUM, (DR-4000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K12010F7, Laser cart compat for BROTHER DR-6000</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K15110LY, DRUM COMP BROTHER DR 2100 BLK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K12010LY, DRUM COMP BROTHER DR6000</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15418QC Laser cart REMAN for BROTHER DR-2200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K11349TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K12084TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15110TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15418TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brother</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K11349E1, REMAN. For use in BROTHER HL 2460 serie  BLACK, (TN-9500)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brother</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>edding</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>EDDING, K15725E1, REMAN. For use in BROTHER PACK X4 Bk/C/M/Y - HL 3140, 3150, 3170, DCP 9020,  MFC 9140  serie, DRUM, (DR-241CL)</x:v>
+        <x:v>EDDING, K12010E1, REMAN. For use in BROTHER HL 1030, 1240, 1250serie, DRUM, (DR-6000)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brother</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>edding</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TURBON, for use in Brother HL-4570CDW, MFC-9970CDW,DCP-9270CDN , Yellow, (TN 328Y)</x:v>
+        <x:v>TURBON, for use in Brother HL 3040/3070 , Cyan, (TN 230C)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0046 (308046)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brother</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon România SRL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jud.Calarasi,</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oltenita</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TURBON, for use in Brother HL-5240/5250/5270 , Black Drum, (DR 3100)</x:v>
+        <x:v>TURBON, for use in Brother HL 2240/ -D; 2250 DN; 2270 DW , Black Drum, (DR 2200)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0046 (308046)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brother</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon România SRL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jud.Calarasi,</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oltenita</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TURBON, for use in Brother Fax 8070 , Black Drum, (DR 8000)</x:v>
+        <x:v>TURBON, for use in Brother HL 2240/ -D; 2250 DN; 2270 DW , Black, (TN 2220)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0046 (308046)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brother</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon România SRL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jud.Calarasi,</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oltenita</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TURBON, for use in Brother HL-1060 , Black Drum, (DR 300)</x:v>
+        <x:v>TURBON, for use in Brother HL-5340/5350/5370  , Black, (TN 3280)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0046 (308046)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brother</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon România SRL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jud.Calarasi,</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oltenita</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TURBON, for use in Brother HL 2140/2150/2170 , Black, (TN-2110)</x:v>
+        <x:v>TURBON, for use in Brother HL 2030/2040/2070N - OPC - Drum Unit , Black Drum, (DR 2000)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0046 (308046)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brother</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon România SRL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jud.Calarasi,</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oltenita</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Turbon, for use in Brother HL 3140CW, 3170CDW, Magenta, (TN 245M)</x:v>
-[...95 lines deleted...]
-        <x:v>Greenman Eco Original, BD2200 (DR-2200)</x:v>
+        <x:v>Greenman Eco Original, BT241B (TN-241BK)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0038 (308038)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brother</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svärmaregatan 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NORRKÖPING</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Q-connect, K12171QC Laser cart REMAN for BROTHER DR-2000</x:v>
-[...959 lines deleted...]
-        <x:v>Greenman Eco Original, BD3100 (DR-3100)</x:v>
+        <x:v>Greenman Eco Original, BT242C (TN-242C)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0038 (308038)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brother</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svärmaregatan 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NORRKÖPING</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Greenman Eco Original, BD4000 (DR-4000)</x:v>
+        <x:v>Greenman Eco Original, BT245M (TN-245M)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0038 (308038)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brother</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svärmaregatan 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NORRKÖPING</x:v>
-      </x:c>
-[...2494 lines deleted...]
-        <x:v>Oltenita</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>