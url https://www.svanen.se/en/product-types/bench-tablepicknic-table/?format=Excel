--- v0 (2025-12-24)
+++ v1 (2026-02-24)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R907984452e0a48fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfea86f5d776241b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R290276dd7c664980"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R52bc0076dad14142"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R290276dd7c664980" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R52bc0076dad14142" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -164,50 +164,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Bench table/Picknic table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Buzz Benchtable (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Picknickbord i underhållsfria material, park, trästruktur, 81-200-037</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bench table/Picknic table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
@@ -388,82 +420,178 @@
       </x:c>
       <x:c t="str">
         <x:v>Bench table/Picknic table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Buzz Benchtable (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+        <x:v>Berg  Benchtable (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bench table/Picknic table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oslo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Stoop picnic table (2422 Stoop picnic table. Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Picknickbord för rullstolar i underhållsfria material, park, ljus grön, 81-200-051</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Picknickbord för barn i underhållsfria material, park, grå, 81-200-060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Picknickbord för barn och rullestoler i underhållsfria material, park, ljus grön, 81-200-081</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bench table/Picknic table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
@@ -484,1106 +612,1010 @@
       </x:c>
       <x:c t="str">
         <x:v>Bench table/Picknic table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Berg  Benchtable (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+        <x:v>Picknickbord i underhållsfria material, park, trästruktur, 81-200-032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Picknickbord för rullstolar i underhållsfria material, park, trästruktur, 81-200-052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Picknickbord för barn och rullestoler i underhållsfria material, park, grå, 81-200-080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Picknickbord med rygg och armstöd i underhållsfria material, park, grå, 81-200-330</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Picknickbord med rygg i underhållsfria material, park, grå, 81-200-235</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Picknickbord med rygg och armstöd i underhållsfria material, park, grön, 81-200-336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Code Benchtable (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bench table/Picknic table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oslo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Stoop picnic table (2422 Stoop picnic table. Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+        <x:v>Picknickbord för rullstol i underhållsfria material, park, grå, 81-200-040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Picknickbord i underhållsfria material, park, grå, 81-200-035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Picknickbord för rullstol i underhållsfria material, park, ljus grön, 81-200-046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Picknickbord för rullstolar i underhållsfria material, park, grå, 81-200-055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plateau Picnic O</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5073 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Out-Sider</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Out-Sider A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kigkurren 8A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Berg  Benchtable (HC, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bench table/Picknic table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oslo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Picknickbord för rullstolar i underhållsfria material, park, ljus grön, 81-200-051</x:v>
-[...255 lines deleted...]
-        <x:v>Code Benchtable (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+        <x:v>Picknickbord i underhållsfria material, park, ljus grön, 81-200-031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Picknickbord för barn och rullestol i underhållsfria material, park, ljus grön, 81-200-071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Picknickbord för barn och rullestol i underhållsfria material, park, trästruktur, 81-200-072</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Picknickbord för barn och rullestoler i underhållsfria material, park, trästruktur, 81-200-087</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Picknickbord med rygg i underhållsfria material, park, grå, 81-200-230</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Picknickbord med rygg och armstöd i underhållsfria material, park, trästruktur, 81-200-332</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Picknickbord med rygg och armstöd i underhållsfria material, park, trästruktur, 81-200-337</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Picknickbord för rullstolar i underhållsfria material, park, grå, 81-200-050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solsiden Piknikbord för rullstol, utemöbler, grå, 81-201-060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plateau Picnic L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5073 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Out-Sider</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Out-Sider A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kigkurren 8A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plateau Picnic Round</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5073 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Out-Sider</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Out-Sider A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kigkurren 8A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Picknickbord för barn i underhållsfria material, park, trästruktur, 81-200-067</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Picknickbord för barn och rullestoler i underhållsfria material, park, trästruktur, 81-200-082</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Picknickbord med rygg i underhållsfria material, park, trästruktur, 81-200-237</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solsiden Piknikbord, utemöbler, grå, 81-201-050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plateau Picnic Street</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5073 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bench table/Picknic table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Out-Sider</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Out-Sider A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kigkurren 8A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Buzz  Benchtable (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bench table/Picknic table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oslo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Picknickbord för rullstol i underhållsfria material, park, grå, 81-200-040</x:v>
-[...702 lines deleted...]
-      <x:c t="str">
         <x:v>Picknickbord i underhållsfria material, park, grå, 81-200-030</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bench table/Picknic table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
@@ -1792,82 +1824,50 @@
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bench table/Picknic table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
-      </x:c>
-[...30 lines deleted...]
-        <x:v>Oslo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Plateau Picnic I</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5073 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bench table/Picknic table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Out-Sider</x:v>
       </x:c>
       <x:c t="str">