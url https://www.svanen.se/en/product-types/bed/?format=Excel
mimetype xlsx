--- v0 (2025-12-15)
+++ v1 (2026-02-11)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66c452587f57498c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeba67fc0aad4cdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R69b6e81961374baf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Ra57e51e1a1ac4dfe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R69b6e81961374baf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra57e51e1a1ac4dfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -1124,50 +1124,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Bed</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jensen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hilding Anders Norway AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SVELVIK</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>MIO Feel kontinentalsäng</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0092, 3031 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beds by Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksgatan 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alvesta</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Särö Exclusive Kontinental</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0050, 3031 0050</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bed</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Enok &amp; Thømpson</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hilding Anders Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 57</x:v>
@@ -3268,50 +3300,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Bed</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beds by Scapa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fabriksgatan 21</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Alvesta</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>MIO Feel Exclusive kontinentalsäng</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0092, 3031 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beds by Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksgatan 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alvesta</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Särö Kontinental</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0050, 3031 0050</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bed</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Enok &amp; Thømpson</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hilding Anders Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 57</x:v>
@@ -3812,50 +3876,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Bed</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beds by Scapa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fabriksgatan 21</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Alvesta</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>MIO Feel Comfort kontinentalsäng</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0092, 3031 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beds by Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksgatan 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alvesta</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Kontinental Contract</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0050, 3031 0050</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bed</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Hilding Anders Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 57</x:v>
@@ -4544,50 +4640,82 @@
         <x:v>3031 0050, 3031 0050</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bed</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Asperö</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hilding Anders Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 57</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HÄSTVEDA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mio Delux Exclusive kontinentalsäng</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0092, 3031 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beds by Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksgatan 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alvesta</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Jensen Ambassadør Kontinentalsäng</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bed</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jensen</x:v>
       </x:c>
       <x:c t="str">