--- v0 (2025-12-21)
+++ v1 (2026-02-17)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a9dc69aef95452d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R657468b27b0b4ce4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R280949fbf2764fe7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R07f9832b05b14a73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R280949fbf2764fe7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R07f9832b05b14a73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -836,50 +836,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Bed linen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Södahl</x:v>
       </x:c>
       <x:c t="str">
         <x:v>F&amp;H Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gammel Skivevej 70</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Frøya pillowcase muted green, olive green, caramel brown, dusty denim blue, muted blue, spring green, lavender, dusty pink, muted black, warm pink</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0008, 2039 0051</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bed linen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Høie of Scandinavia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mascot Høie AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tverrveien 29</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brekstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Sengetøj 140x200 Ray Yellow/Bed linen 140x200 Ray Yellow</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bed linen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Södahl</x:v>
       </x:c>
       <x:c t="str">
         <x:v>F&amp;H Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gammel Skivevej 70</x:v>
@@ -964,51 +996,51 @@
       </x:c>
       <x:c t="str">
         <x:v>Bed linen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Södahl</x:v>
       </x:c>
       <x:c t="str">
         <x:v>F&amp;H Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gammel Skivevej 70</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Frøya pillowcase muted green, olive green, caramel brown, dusty denim blue, muted blue, spring green, lavender, dusty pink, muted black, warm pink</x:v>
+        <x:v>Frøya sheet chocolate brown, mole, dark brown</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0008, 2039 0051</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bed linen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Høie of Scandinavia</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mascot Høie AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tverrveien 29</x:v>
       </x:c>
@@ -1412,50 +1444,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Bed linen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Södahl</x:v>
       </x:c>
       <x:c t="str">
         <x:v>F&amp;H Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gammel Skivevej 70</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Frøya pillowcase chocolate brown, mole, red, warm pink, dark brown</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0008, 2039 0051</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bed linen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Høie of Scandinavia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mascot Høie AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tverrveien 29</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brekstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Tiles Sengetøj 140 x 220 cm Light blue/Tiles Bed linen 140 x 220 cm Linen blue</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bed linen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Södahl</x:v>
       </x:c>
       <x:c t="str">
         <x:v>F&amp;H Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gammel Skivevej 70</x:v>
@@ -1668,50 +1732,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Bed linen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Södahl</x:v>
       </x:c>
       <x:c t="str">
         <x:v>F&amp;H Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gammel Skivevej 70</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Frøya set dämpad grön, olivengrön, karamellbrun, dus denimblå, dämpad blå, vårgrön, lavendel, dus rosa, dämpad svart, varm rosa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0008, 2039 0051</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bed linen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Høie of Scandinavia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mascot Høie AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tverrveien 29</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brekstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Sengetøj NO 140x200 Ray Yellow/Bed linen NO 140x200 Ray Yellow</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bed linen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Södahl</x:v>
       </x:c>
       <x:c t="str">
         <x:v>F&amp;H Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gammel Skivevej 70</x:v>
@@ -1732,51 +1828,51 @@
       </x:c>
       <x:c t="str">
         <x:v>Bed linen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Södahl</x:v>
       </x:c>
       <x:c t="str">
         <x:v>F&amp;H Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gammel Skivevej 70</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Frøya set dämpad grön, olivengrön, karamellbrun, dus denimblå, dämpad blå, vårgrön, lavendel, dus rosa, dämpad svart, varm rosa</x:v>
+        <x:v>Frøya set chokladbrun, muldvarp, mörkbrun</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0008, 2039 0051</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bed linen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Høie of Scandinavia</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mascot Høie AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tverrveien 29</x:v>
       </x:c>
@@ -2788,90 +2884,90 @@
       </x:c>
       <x:c t="str">
         <x:v>Bed linen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Södahl</x:v>
       </x:c>
       <x:c t="str">
         <x:v>F&amp;H Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gammel Skivevej 70</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Frøya sheet muted green, olive green, caramel brown, dusty denim blue, muted blue, spring green, lavender, dusty pink</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0008, 2039 0051</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bed linen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Høie of Scandinavia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mascot Høie AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tverrveien 29</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brekstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Sengetøj 200x220 Ray Cloud grey/Bed linen 200x220 Ray Cloud grey</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bed linen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Södahl</x:v>
       </x:c>
       <x:c t="str">
         <x:v>F&amp;H Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gammel Skivevej 70</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborg</x:v>
-      </x:c>
-[...30 lines deleted...]
-        <x:v>Brekstad</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>