--- v0 (2025-12-15)
+++ v1 (2026-02-16)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re70b66f1661b466a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fa3da600a874011" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rd3bcab9f153e4290"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R1ace37c3ca964f3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd3bcab9f153e4290" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1ace37c3ca964f3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -548,147 +548,147 @@
       </x:c>
       <x:c t="str">
         <x:v>Bed for children (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sebra</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sebra Interiør ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lillebæltsvej 93</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Esbjerg N</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Sebra Bed, Baby &amp; Jr. classic white</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bed for children (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sebra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sebra Interiør ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lillebæltsvej 93</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Esbjerg N</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sebra Universal Bed Rail, classic white, FSC™ Mix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/014, DK/049/014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bed for children (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sebra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sebra Interiør ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lillebæltsvej 93</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Esbjerg N</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sebra Bed, Baby &amp; Jr. Birchbark Rose, FSC Mix.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bed for children (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sebra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sebra Interiør ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lillebæltsvej 93</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Esbjerg N</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Sebra Bedside Crib, Classic White, FSC™️Mix</x:v>
-      </x:c>
-[...94 lines deleted...]
-        <x:v>Sebra Bed, Baby &amp; Jr. Birchbark Rose, FSC Mix.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/035</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bed for children (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sebra</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sebra Interiør ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lillebæltsvej 93</x:v>
       </x:c>