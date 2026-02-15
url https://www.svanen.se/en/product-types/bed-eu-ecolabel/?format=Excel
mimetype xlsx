--- v0 (2025-12-16)
+++ v1 (2026-02-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08848f384a61430b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3267e37b908d4ed4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R685b33cdc32649e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Re02bc14f451242d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R685b33cdc32649e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re02bc14f451242d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -196,403 +196,435 @@
       </x:c>
       <x:c t="str">
         <x:v>Bed (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moebe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moebe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Strandlodsvej 42A, 1. sal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København S</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Bed, 90 cm, Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bed (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandlodsvej 42A, 1. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bed, Tall Legs, 90-180 cm, Dusty Rose</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bed (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandlodsvej 42A, 1. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bed, Tall Legs, 90-180 cm, Pine Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bed (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandlodsvej 42A, 1. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bed, Tall Legs, 90 cm, Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bed (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandlodsvej 42A, 1. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bed, 90-180 cm, Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bed (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandlodsvej 42A, 1. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bed, Tall Legs, 90-180 cm, Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bed (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandlodsvej 42A, 1. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bed, 90 cm, Stainless Steel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bed (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandlodsvej 42A, 1. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bed, 90-180 cm, Beige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bed (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandlodsvej 42A, 1. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bed, 90 cm, Sand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bed (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandlodsvej 42A, 1. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bed, Tall Legs, 90 cm, Dusty Rose</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bed (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandlodsvej 42A, 1. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bed, Tall Legs, 90 cm, Terracotta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bed (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandlodsvej 42A, 1. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Bed, 90 cm, Dusty Rose</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bed (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moebe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moebe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Strandlodsvej 42A, 1. sal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København S</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bed, Tall Legs, 90-180 cm, Dusty Rose</x:v>
-[...319 lines deleted...]
-        <x:v>Bed, 90 cm, Black</x:v>
+        <x:v>Bed, 90 cm, Forest Green</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bed (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moebe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moebe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Strandlodsvej 42A, 1. sal</x:v>
       </x:c>
@@ -676,82 +708,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Bed (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moebe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moebe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Strandlodsvej 42A, 1. sal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København S</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bed, 90 cm, Forest Green</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Sebra Bed Drawer, classic white</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/014, DK/049/014</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bed (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sebra</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sebra Interiør ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lillebæltsvej 93</x:v>
@@ -868,50 +868,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Bed (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moebe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moebe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Strandlodsvej 42A, 1. sal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København S</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Bed, 90-180 cm, Dusty Rose</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bed (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandlodsvej 42A, 1. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Bed, 90-180 cm, Forest Green</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bed (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moebe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moebe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Strandlodsvej 42A, 1. sal</x:v>
@@ -933,82 +965,50 @@
       <x:c t="str">
         <x:v>Bed (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moebe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moebe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Strandlodsvej 42A, 1. sal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København S</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Bed, 90-180 cm, Terracotta</x:v>
-      </x:c>
-[...30 lines deleted...]
-        <x:v>Bed, 90-180 cm, Dusty Rose</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bed (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moebe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moebe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Strandlodsvej 42A, 1. sal</x:v>
       </x:c>