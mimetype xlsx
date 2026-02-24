--- v0 (2025-12-24)
+++ v1 (2026-02-24)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89c99a51f8354780" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac0aac3b3506414b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R41562d5280f14f38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R746f27c064624f8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R41562d5280f14f38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R746f27c064624f8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -1380,82 +1380,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Base paper for conversion</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Sofidel Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 124</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kisa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>NAPK basepaper printed 2P 34g/m²</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Base Paper, CS 2120-001-SWL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3005 0071</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Base paper for conversion</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Sofidel Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 124</x:v>
@@ -2852,114 +2820,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Base paper for conversion</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Hanke Tissue Sp. Zo.o</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ul. Fabryczna 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kostrzyn</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>NAPK basepaper printed 2P 45g/m²</x:v>
-[...62 lines deleted...]
-      <x:c t="str">
         <x:v>Basepaper 282*</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4005 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Base paper for conversion</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Metsä Tissue Oyj</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 300</x:v>
@@ -3620,114 +3524,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Base paper for conversion</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Duni AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 237</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Malmö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>NAPK basepaper plain 1P 15,3g/m²</x:v>
-[...62 lines deleted...]
-      <x:c t="str">
         <x:v>Base Paper, DD 1500-100-SWL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3005 0071</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Base paper for conversion</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Sofidel Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 124</x:v>
@@ -4288,82 +4128,50 @@
         <x:v>3005 0013</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Base paper for conversion</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Duni AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 237</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Malmö</x:v>
-      </x:c>
-[...30 lines deleted...]
-        <x:v>Euskirchen-Stotzheim</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Base Paper, KH 2600-001-SWL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3005 0071</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Base paper for conversion</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">