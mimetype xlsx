--- v0 (2025-12-15)
+++ v1 (2026-02-17)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7825b077e18a4f25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c0df2ab933e48ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R34be4392aac546dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R5e2aa455ae71401c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R34be4392aac546dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5e2aa455ae71401c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -356,50 +356,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Baking paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Grease-proof Paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Allpapper Lind</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Johans väg 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Landvetter</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Eldorado Baking paper sheets 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4049 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eldorado</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>QuickPack Haushalt + Hygiene GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosine-Starz-Strasse 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Renningen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>thinbake nature pro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4049 0025</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Baking paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Grease-proof Paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Thinbake</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tervakoski Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vähikkäläntie 1</x:v>
@@ -484,50 +516,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Baking paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Grease-proof Paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abena</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rul-Let A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søstvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aabenraa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Fixa Baking paper 38cm x 30m</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4049 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>QuickPack Haushalt + Hygiene GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosine-Starz-Strasse 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Renningen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>ABENA Brand International Bagepapir, 42 x 38 cm, 18 ark (1000022865)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5049 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Baking paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Grease-proof Paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abena</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rul-Let A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søstvej 13</x:v>
@@ -580,474 +644,538 @@
       </x:c>
       <x:c t="str">
         <x:v>Baking paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Grease-proof Paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abena</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rul-Let A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søstvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aabenraa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>LeChef 30er sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4049 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>QuickPack Haushalt + Hygiene GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosine-Starz-Strasse 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Renningen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta Bakplåtspapper 42 x 33 cm, 18 sheets, Unbleached, BAKE IT, WRAP IT (11615)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Brand International Bagepapir, 42 x 38 cm, 18 ark (11581)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>CaterLine Bagepapir, 45 x 60 cm, 500 ark (11153)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5049 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Baking paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Grease-proof Paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abena</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rul-Let A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søstvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aabenraa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rusta Bakplåtspapper 42 x 33 cm, 18 sheets, Unbleached, BAKE IT, WRAP IT (11615)</x:v>
-[...31 lines deleted...]
-        <x:v>ABENA Brand International Bagepapir, 42 x 38 cm, 18 ark (11581)</x:v>
+        <x:v>Dollarstore, 8 m</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3049 0014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allpapper Lind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Johans väg 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landvetter</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CaterLine Bagepapir, 40 x 60 cm, 500 ark (11559)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5049 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Baking paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Grease-proof Paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abena</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rul-Let A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søstvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aabenraa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Dollarstore, 8 m</x:v>
+        <x:v>Baking and cooking basepapers (white) 38-55 gsm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4049 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Greaseproof Papers GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Veldener Strasse 121-131</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Düren</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>thinbake fit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4049 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thinbake</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tervakoski Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vähikkäläntie 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tervakoski</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CaterLine Bagepapir, 30 x 52 cm, 500 ark (11155)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bon Appetit, 8 m</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3049 0014</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Baking paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Grease-proof Paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Dollarstore</x:v>
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Allpapper Lind</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Johans väg 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Landvetter</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>CaterLine Bagepapir, 40 x 60 cm, 500 ark (11559)</x:v>
+        <x:v>Cater-Line Bagepapir, 52x30cm, natur, 500 ark, ubleget, Premium (1000022445)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglemark Bakplåtspapper, 42 x 38 cm, 18 ark (11631)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Brand Bagepapir, 20 m x 38 cm (1000023116)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5049 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Baking paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Grease-proof Paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abena</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rul-Let A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søstvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aabenraa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Baking and cooking basepapers (white) 38-55 gsm</x:v>
-[...2 lines deleted...]
-        <x:v>4049 0001</x:v>
+        <x:v>thinbake pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4049 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thinbake</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tervakoski Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vähikkäläntie 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tervakoski</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Europris 38x42 24 ark/rulle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3049 0014</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Baking paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Grease-proof Paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Metsä Greaseproof Papers GmbH</x:v>
-[...77 lines deleted...]
-        <x:v>3049 0014</x:v>
+        <x:v>Allpapper Lind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Johans väg 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landvetter</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Baking paper sheets  24 Blatt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4049 0023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Baking paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Grease-proof Paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Allpapper Lind</x:v>
-[...165 lines deleted...]
-        <x:v>Aabenraa</x:v>
+        <x:v>QuickPack Haushalt + Hygiene GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosine-Starz-Strasse 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Renningen</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>