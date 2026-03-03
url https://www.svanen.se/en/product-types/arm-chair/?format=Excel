--- v0 (2026-01-16)
+++ v1 (2026-03-03)
@@ -1,1309 +1,1309 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaf0fda4621f4bab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e587fba48a74b21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R2ab9aadac2ca44fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="Rd0157f0ac98b4c7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2ab9aadac2ca44fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd0157f0ac98b4c7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>S0005-Armchair TD (301)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0378-Armchair swiwel TD (301_s)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0318-Armchair TD (301)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Rim stapelbar stol</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Arm chair</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>S0005-Armchair TD (301)</x:v>
-[...14 lines deleted...]
-        <x:v>5</x:v>
+        <x:v>Pan vilfåtölj m/öppna armstöd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>J52B Chair Oak Oil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FDB Møbler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>J52D Bench Beech Jet Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FDB Møbler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3208 Klint armchair, Oak, Solid, Soap, Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredericia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alicia karmstol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0024-Loveseat TD (302)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa Baltic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bijunu Street 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kaunas</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>S0378-Armchair swiwel TD (301_s)</x:v>
-[...14 lines deleted...]
-        <x:v>5</x:v>
+        <x:v>Mio Willow 1-sits fast klädsel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mio Willow 1-sits avtagbar klädsel med kappa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mio Pieces 1-sits</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>J52B Chair Beech Black Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FDB Møbler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>J52B Chair Beech Pure White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FDB Møbler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>J52B Chair Beech Jet Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FDB Møbler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0208-Armchair TD (301)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa Baltic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bijunu Street 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kaunas</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>S0318-Armchair TD (301)</x:v>
-[...14 lines deleted...]
-        <x:v>5</x:v>
+        <x:v>S0082-Armchair TD (301)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa Baltic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bijunu Street 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kaunas</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Mio Willow 1-sits fast klädsel</x:v>
-[...14 lines deleted...]
-        <x:v>5</x:v>
+        <x:v>Duun vilfåtölj m/öppna armstöd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3208 Klint armchair, Oak, Solid, Oil, Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredericia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>J52B Chair Beech Lacquered</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FDB Møbler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svan karmstol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mio Cordelia Fåtölj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mio</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa Baltic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bijunu Street 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kaunas</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Mio Willow 1-sits avtagbar klädsel med kappa</x:v>
-[...14 lines deleted...]
-        <x:v>5</x:v>
+        <x:v>Pan vilfåtölj m/klädd armstöd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3208 Klint armchair, Oak, Solid, Black, Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredericia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>J52B Chair Beech Brick Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FDB Møbler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0024-Armchair TD (301)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mio Bellora 1-sits</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mio</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa Baltic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bijunu Street 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kaunas</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Mio Pieces 1-sits</x:v>
-[...14 lines deleted...]
-        <x:v>5</x:v>
+        <x:v>Mio Bellora 1,5-sits</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mio</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa Baltic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bijunu Street 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kaunas</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Pan vilfåtölj m/öppna armstöd</x:v>
+        <x:v>S0464-Armchair LC TD (301)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0378-Armchair TD (301)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Odense Fåtölj med snurr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5005, TEACHER CHAIR, Armchair, seat and backrest made of plywood beech, metal structure Ø25 mm, cm 40x39x46h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pan extra bred karmstol</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Arm chair</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>J52B Chair Oak Oil</x:v>
-[...110 lines deleted...]
-        <x:v>5</x:v>
+        <x:v>Mio Timmy Fåtölj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mio Harper 1-sits</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa Baltic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bijunu Street 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaunas</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S0001-Armchair TD (301)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa Baltic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bijunu Street 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kaunas</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Alicia karmstol</x:v>
-[...142 lines deleted...]
-        <x:v>5</x:v>
+        <x:v>S0464-Armchair FC TD (301)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arm chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa Baltic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bijunu Street 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kaunas</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>S0082-Armchair TD (301)</x:v>
-[...670 lines deleted...]
-      <x:c t="str">
         <x:v>Odense Fåtölj med ben</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0104</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Arm chair</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scapa Baltic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bijunu Street 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kaunas</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>