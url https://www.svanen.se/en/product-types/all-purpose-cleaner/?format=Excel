--- v0 (2026-01-08)
+++ v1 (2026-02-24)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ea6096adcd44f61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fc827795cdf4f07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R514e771736294ce6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rd4fd41183d8140ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R514e771736294ce6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd4fd41183d8140ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -324,4398 +324,4558 @@
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ABENA Puri-Line</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>PLS Allfix Spray Oparfymerad, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0266, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Surface Cleaner (Stadsing), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>WeClean Heavy Duty Next Grundrengøringsmiddel (Stadsing), 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5026 0123</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>WeClean</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>WeClean Surface Cleaner (Stadsing), 1 l</x:v>
+        <x:v>Master Cleaner, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woca</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woca Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tværvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lunderskov</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Allrengöring Citrus, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rue Moulin Masure 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estaimpuis</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skona Allrengöring parfymfri, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Reni-All RF10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såklart Universal spray mynta citron, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såklart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0143</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cleanup Bathroom Spray, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0264, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cleanup Sanitation Alkaline, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hemfrid Golvrent parfymerad, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemfrid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Quick Clean, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0180, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Virgo grovrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0278</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Universal, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0285</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Allrent Parfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clima30 Allrent Utan Parfym, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CLIMA30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Greenium Grovrent, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0180, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Multirent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral All Purpose Cleaner, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0267</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grovrent Rajd Oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MELLERUD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Strovels Greenium Aquaculture Clean, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0180, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strovels by Clemondo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sprayrent, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0256</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mico AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välingevägen 245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dusch &amp; WC-rent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0256</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mico AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välingevägen 245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GreenPro grovrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0278</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GreenPro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EnKå Bad&amp;Köksrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EnKå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash Yellow Fresh, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0258</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Universal Cleaning Spray, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0267</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SINI Rengöringtablett univesal startpaket art. 7323</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0277</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SINI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sinituote Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erkylän Kartano 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyvinkää</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clima30 Allrent Med Parfym, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CLIMA30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clima30 Allrent Med Parfym, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CLIMA30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Surface Cleaner (Stadsing), 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5026 0123</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>WeClean</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>PLS Allfix Spray Oparfymerad, 750 ml</x:v>
+        <x:v>Strovels Greenium Aquaculture Clean, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0180, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strovels by Clemondo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glasputs, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0256</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mico AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välingevägen 245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Änglamark Universalspray, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Allrengöring Vårlilja, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rue Moulin Masure 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estaimpuis</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Universal Spray, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Häxan Allrent, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Häxan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PRO universal, 5 KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0070, 5026 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svensk Cater</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cleanup WC Clean, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0264, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cleanup Multiclean 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cleanup Power Clean 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EnKå Bad&amp;Köksrent, 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EnKå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash Yellow Fresh, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0258</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Universalspray oparfymerad, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grovrent Rajd Oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MELLERUD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Virgo grovrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0278</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clima30 Grovrent Med Parfym, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CLIMA30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SINI Golvrengöringstablett, refill</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0277</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SINI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sinituote Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erkylän Kartano 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyvinkää</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Universalrengöring, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SINI x KEVIN rengöringstablett Universal Cloudy, refill</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0277</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SINI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sinituote Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erkylän Kartano 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyvinkää</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Storfix Spray Neutral Oparfymerad, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ADE Grovrent (Tradehouse), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Gulvpleje uden voks (Nowas), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nowas</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Heavy Duty Next Ready-To-Use (Stadsing), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Allrent Original, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såklart Såpa Oparfymerad, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såklart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Allrengöring Citron, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Refin cleaner spray UNIVERSAL, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Refin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Universalspray, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent Lett Oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MELLERUD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Cleanware Multiklear, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0256</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mico AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välingevägen 245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cleanup MULTI CLEAN SPRAY, 750 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3026 0266, 3026 0136</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rengörare Näslund Universal Free, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0176</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ciroc Multiclean, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0176</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ciroc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Shine Allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Shine Universal, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;Ren Grovrent Med Parfym, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>PLS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NSI Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fjärrvärmevägen 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skövde</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ICA Allrengöring Citrus, 1 l</x:v>
+        <x:v>M&amp;Ren Grovrent Utan Parfym, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;Ren Daglig Rent Utan Parfym, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mimas allrent, 3,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0278</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Virgo allrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0278</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Allrent Oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Allrent Oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa BIO All Purpose FREE, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTS BIO Laboratories</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parc d'activités de Gémenos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gémenos</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SINI Golvrengöringstablett, startförpackning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0277</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SINI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sinituote Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erkylän Kartano 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyvinkää</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Såpaspray, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0271</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Intensive Wood Cleaner, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woca</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woca Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tværvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lunderskov</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Intensive Wood Cleaner, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woca</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woca Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tværvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lunderskov</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenshine Universal, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanitetsrent ADE (Tradehouse), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OwnBio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0311</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ownwell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Green Berry Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viinikankaari 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Allrent Citron, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Allrengöring Äpple, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3026 0156</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>McBride SA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rue Moulin Masure 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Estaimpuis</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Skona Allrengöring parfymfri, 500 ml</x:v>
-[...17 lines deleted...]
-        <x:v>ICA Skona</x:v>
+        <x:v>Coop Änglamark Allrent, 1l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0143</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Allrengöring, Mimosa, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Reni-All RF10</x:v>
+        <x:v>Cleanup Power Clean 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cleanup Multiclean 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 749 - Sprayrent, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0187, 3026 0187</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>iPiccolo Floor Cleaner, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3026 0146</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>iPiccolo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Combirent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;Ren Daglig Rent Med Parfym, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nila Universal, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mimas allrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0278</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Virgo allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0278</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Virgo allrent, 3,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0278</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SINI x Kevin rengöringstablett universal startpaket art. 7329</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0277</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SINI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sinituote Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erkylän Kartano 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyvinkää</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Welin &amp; Co, Gammeldags Spraysåpa, 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0321</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gammeldags</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Welin &amp; Co AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STENHAGSVÄGEN 45 -47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åkersberga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liv Greenium Grovrent, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0180, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stina Universalspray, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stina</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kem Kleen Flydende Rengøring, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kem Kleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WashTek Clean UP, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0256</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mico AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välingevägen 245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såklart Universal spray Oparfymerad, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såklart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Häxan Allrent, 650 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Häxan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GreenPro allrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0278</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GreenPro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cleanup Kitchen Spray, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0265, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Häxan Såpa, 650 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
         <x:v>Cleano Production AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västra Långgatan 8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älgarås</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Såklart Universal spray mynta citron, 500 ml</x:v>
+        <x:v>CleanoCare Allrent, 1l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Shine Allrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;Ren Daglig Rent Med Parfym, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Grovrent Oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Allrent Parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clima30 Allrent Utan Parfym, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CLIMA30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clima30 Grovrent Med Parfym, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CLIMA30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa BIO All Purpose FREE, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTS BIO Laboratories</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parc d'activités de Gémenos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gémenos</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Kosti non-perfumed, 1L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Universalrengöring, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5026 0192</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Såklart</x:v>
+        <x:v>ABENA Puri-Line</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Allrent, 1 l</x:v>
-[...2 lines deleted...]
-        <x:v>3026 0143</x:v>
+        <x:v>ABENA Puri-Line Universalrengöring, Parfymfri, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Puri-Line Universalrengöring, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Welin &amp; Co, Gammeldags Trallsåpa ofärgad, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0321</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gammeldags</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Welin &amp; Co AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STENHAGSVÄGEN 45 -47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åkersberga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kem Kleen Flydende Rengøring, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kem Kleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Intensive Wood Cleaner, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woca</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woca Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tværvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lunderskov</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Heavy Duty Next Grundrengøringsmiddel (Stadsing), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kafferent Spray (Sunda), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sunda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>W5 Sensitive All Purpose Cleaner, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>W5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent Lett Oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0169</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Aksab Kemi Sverige AB</x:v>
-[...13 lines deleted...]
-        <x:v>3026 0264, 3026 0136</x:v>
+        <x:v>AB Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MELLERUD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Häxan Köksspray, 650 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0215</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Häxan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PRO universal, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0070, 5026 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svensk Cater</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EnKå Allrent, 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EnKå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 732 - Allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0187, 3026 0187</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Såpa Neutral, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0266, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
         <x:v>NSI Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fjärrvärmevägen 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skövde</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Cleanup Sanitation Alkaline, 1 l</x:v>
-[...17 lines deleted...]
-        <x:v/>
+        <x:v>Power Wash Yellow Fresh, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0258</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent 25, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0256</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mico</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mico AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välingevägen 245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SINI Rengöringstablett universal refill 2 st art. 7303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0277</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SINI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sinituote Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erkylän Kartano 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyvinkää</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clima30 Grovrent Utan parfym, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CLIMA30</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NSI Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fjärrvärmevägen 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skövde</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Hemfrid Golvrent parfymerad, 750 ml</x:v>
+        <x:v>Clima30 Grovrent Utan parfym, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3026 0136, 3026 0136</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Hemfrid</x:v>
+        <x:v>CLIMA30</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NSI Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fjärrvärmevägen 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skövde</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>LIV Quick Clean, 750 ml</x:v>
-[...1983 lines deleted...]
-        <x:v>Activa BIO All Purpose FREE, 1 l</x:v>
+        <x:v>Activa BIO All Purpose Eco, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3026 0290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Activa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HTS BIO Laboratories</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parc d'activités de Gémenos</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gémenos</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SINI Golvrengöringstablett, startförpackning</x:v>
-[...1215 lines deleted...]
-        <x:v>Activa BIO All Purpose FREE, 5 l</x:v>
+        <x:v>Activa BIO All Purpose Eco, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3026 0290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Activa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HTS BIO Laboratories</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parc d'activités de Gémenos</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gémenos</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kiilto Pro Kosti non-perfumed, 1L</x:v>
+        <x:v>Kiilto Pro Kosti non-perfumed, 5L</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4026 0036</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kiilto Pro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>KiiltoClean Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PL 250</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tampere</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ABENA Puri-Line Universalrengöring, 5 l</x:v>
-[...698 lines deleted...]
-        <x:v>Tampere</x:v>
+        <x:v>Master Cleaner, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woca</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woca Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tværvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lunderskov</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Grumme Ättikaspray, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2026 0271</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grumme</x:v>
       </x:c>
       <x:c t="str">