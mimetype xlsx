--- v0 (2025-12-24)
+++ v1 (2026-02-24)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaae060fa4b54365" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4df6ac005d8647c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R688879af9bac4b9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R2b4c0fd33a014c86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R688879af9bac4b9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2b4c0fd33a014c86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -1028,8282 +1028,8346 @@
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner for professional</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grænni</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gefn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Víkurhvarf 8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kópavogur</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Svane Universal (Sæbefabrikken), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Universal uden parfume (Sæbefabrikken), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane GS Universal uden parfume (Sæbefabrikken), 20 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Turbo Universal - Klar Til Brug (Sæbefabrikken), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ADE Sanitetsrent (Tradehouse Nord), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allround Clean Perfume Free (Estell), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Universal RTU (Triple Trading), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Triple Trading</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>WeClean Pro Alkaline Cleaner (Stadsing), 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5026 0123</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner for professional</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>WeClean</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Allround Clean Perfume Free (Estell), 750 ml</x:v>
+        <x:v>Allrent Fresh, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0258</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Clean Perfume-free, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Universal Clean, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Universal Clean Perfume-free, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S-2 Allrent, parfymfri, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetco cristal 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0148</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Steinackerstrasse 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kloten</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>L&amp;T Allrengöringsmedel, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L&amp;T</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOL Yleispuhdistaja, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SOL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Netto Combi-plus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0058</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Netto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Knud E. Dan A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lunikvej 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greve</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AllOffice Allrent, 1500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0266, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AllOffice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prime Source Grundrengøring Mild 30, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PrimeSource</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Multi-purpose cleaner, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Respekt Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solvænget 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jyderup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Multi-purpose cleaner, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Respekt Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solvænget 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jyderup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Kosti, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Sanitop, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Multirent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Allfix Spray, parfymerad, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0266, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Uni Surface 920, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto 10 Universum   unscented, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hågeren Allrent, parfymfri, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Optimal, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HETI Yleispesu Joutsen oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HETI Moniteho Joutsen oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water X-power, Spray,  0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0257</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SurfacePro Allrengöringsmedel CA 30 R eco!perform Swan, 12x0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0259</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water Extreme, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0257</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Grovrent Eco + Parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Grovrent Eco + Oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Storfix MultiRent parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Allfix Allrent parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Alkaline Sani,  1 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Glass &amp; Surface,  750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Universal, 5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Sanitary 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Multi Eco, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0266, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Sointu Spa, 20l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fri-Såpa Natur, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Uni Surface F 920, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Universal uden parfume (Sæbefabrikken), 5 kg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5026 0123</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner for professional</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Opticare Neutral Universal (Topcare Nordic), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Opticare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Universal Cleaner Extra (Estell), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Estell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Universal RTU (Triple Trading), 750 ml</x:v>
+        <x:v>Wetco surf 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0148</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Steinackerstrasse 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kloten</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent Premium Lågskummande, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MELLERUD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent Premium, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MELLERUD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KBM Easyclean Shiny Room Allrengöring, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0266, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ciroc Everyday Allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0176</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ciroc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Staples Multipurpose Cleaner, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staples</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent Premium, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MELLERUD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Clean, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Multi Clean, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Multi Clean Perfume-free, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water X-Power, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0257</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Grovrent Eco + Parfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Såpa, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HETI RASPO JOUTSEN, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Super Clean, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0180, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Livsrent Grovrengöring, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FloorPro Rengöringsmedel CA 50 C eco!perform Swan, 12 x 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0259</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Greenium Allrent Parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0180, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BarrierTech PowerPrep Daglig, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0306</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BarrierTech</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber ProTector Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grini Næringspark 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Teho A 100, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Exotol 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allotol Natur, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Daily Allrengöring, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0167</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA puri Line Multi-purpose cleaner UDF, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Respekt Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solvænget 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jyderup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Vieno hajusteeton, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Kaino Plus, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Plusclean, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HETI Moniteho Joutsen oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Allrent oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Floor F 930, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenshine Allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vikur Clean Professional Allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikur Clean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MELLERUD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Cimbo Universal (Sæbefabrikken), 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5026 0123</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner for professional</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Triple Trading</x:v>
+        <x:v>Soap Nordic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ADE Sanitetsrent (Tradehouse Nord), 1 l</x:v>
+        <x:v>Svane Universal Blå med farve (Sæbefabrikken), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ADE Allrent (Tradehouse), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arena Universal utan parfym (Arena Kemi AB), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arena Universal utan parfym (Arena Kemi AB), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetco cristal 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0148</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Steinackerstrasse 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kloten</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent Universal, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MELLERUD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AllOffice Allrent, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0266, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AllOffice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>L&amp;T Golvrengöringsmedel, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L&amp;T</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>L&amp;T Golvrengöringsmedel, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L&amp;T</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOL Tehopuhdistaja, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SOL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Elegans Skumfri Golvrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KBM Grönsåpa fresh, 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Effektiv Golvrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Kaino Plus, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Kosti, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Teho A 100, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent Impregneringsvätska, parfymfri 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hågeren Allrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Superquick Spurt, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HETI Yleispesu Joutsen, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Illusia 10, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heti Sapu Joutsen, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heti Sapu Joutsen, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heti Sapu Joutsen oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heti Sapu Joutsen oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HETI Yleispesu Joutsen oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S-2 Allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water X-power, 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0257</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Care Line Sanitet Alka Plus, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Greenium Allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0180, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PowerClean, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prox grovrent, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water Extreme, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0257</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Grovfix Grovrengöringsmedel parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Grovfix Grovrengöringsmedel oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Multirent Eco + Parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Allrent Eco + Parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Allfix Allrent oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Free Allrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Greenium Allrent Parfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0180, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Sointu Spa, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Universal Probio, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Universal med duft (Sæbefabrikken), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Universal Clean perfume free (Estell), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Universal Off. (Stadsing), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane GS Universal uden parfume (Sæbefabrikken), 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Staples Multipurpose Cleaner 0% Perfume 0% Colour, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staples</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Avans Bas Allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Samhall Allrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FLO125, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0287</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Universal Clean, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Universal Clean Perfume-free, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allotol Natur, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hågeren Allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA puri Line Multi-purpose cleaner UDF, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Respekt Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solvænget 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jyderup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto 10 Universum unscented, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heti Kapu 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto 10 Universum, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Kasperi, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Plusclean, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Forte, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Combirent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hågeren Allrent, parfymfri, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water X-power, 5 l (stapeldunk)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0257</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SurfacePro Allrengöringsmedel CA 30 C eco!perform Swan, 12x1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0259</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Allrent oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Grovrent Eco + Oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Allfix Allrent oparfymerad, 1  l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Livsrent Grovrengöring, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fri-Såpa Natur, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Multi Free D2, 6 x 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0047, DK/020/006, 5026 0047</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel, EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Universal Blå med farve (Sæbefabrikken), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arena Universal (Arena Kemi AB), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klear Sanitetsrent (Nordic Cleanware), 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5026 0246</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner for professional</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Klear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klear Allrengöring (Nordic Cleanware), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Universal uden duft (Nowas), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nowas</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent Fresh, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0258</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Clean, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Multi Clean, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetco surf 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0148</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Steinackerstrasse 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kloten</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>L&amp;T Sanitetsrent 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L&amp;T</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ciroc Everyday Allrent free, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0176</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ciroc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto 10 Universum, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Active, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fri Ren Natur, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Universal, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Imo Alka 910, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Imo Alka 910, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S-2 Allrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Allrent Oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Oparfymerad Combirent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Grovrent oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Flydende Sæbespåner, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prox grovrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Multirent Eco + Oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Multirent Eco + Oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Storfix MultiRent oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HETI RASPO JOUTSEN, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Sanitetsrengøring, 1 l (1999900396)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Kasperi, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alloren, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Universal (Sæbefabrikken), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane GS Universal (Sæbefabrikken), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane GS Universal uden parfume (Sæbefabrikken), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Universal Blå med farve (Sæbefabrikken), 0,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ADE Allrent (Tradehouse), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>ADE</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Svane Turbo Universal - Klar Til Brug (Sæbefabrikken), 750 ml</x:v>
+        <x:v>Allround-Clean Universal Cleaner (Tensia (Pro-Clean)), 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5026 0123</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner for professional</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Pro-Clean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allround-Clean Universal Cleaner (Tensia (Pro-Clean)), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pro-Clean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Multi Free D2, 2 x 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0047, DK/020/006, 5026 0047</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel, EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Avans Bas Allrent, 5,1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prime Source Universalrengøring Ultra Mild, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PrimeSource</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KBM Reno Clean Lemon Allrengöring fresh, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Multi Clean Perfume-free, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>L&amp;T Allrengöringsmedel, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L&amp;T</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOL Yleispuhdistaja, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SOL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Teho A 100, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Effect Grovrengöring, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0167</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HETI Moniteho Joutsen,  1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Active, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Universal, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Allrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Allrent, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water X-power, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0257</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SurfacePro Allrengöringsmedel CA 30 C eco!perform Swan, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0259</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Kasperi, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DailyClean, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water Extreme, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0257</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Grovfix Grovrengöringsmedel parfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Allfix Allrent parfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Allrent Eco + Oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Allrent Eco + Oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Såpa, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Free Allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Multi-Purpose cleaner RTU, MFD, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Multi-Purpose cleaner RTU, UDF, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Glass &amp; Surface,  5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BarrierTech PowerPrep Grov, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0306</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BarrierTech</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber ProTector Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grini Næringspark 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Sanitetsrent, 5 l (160532)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Universal Cleaner Extra (Estell), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Speed Clean (Supplies Direct), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Universe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane GS Universal uden parfume (Sæbefabrikken), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Soap Nordic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Svane GS Universal uden parfume (Sæbefabrikken), 20 kg</x:v>
+        <x:v>Arena Universal (Arena Kemi AB), 5 kg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5026 0123</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner for professional</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Arena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Universal Clean (Estell), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Universal Clean (Estell), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Universal uden duft (Nowas), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nowas</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FLO105, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0287</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Clean Perfume-free, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent Lett, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MELLERUD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOL Tehopuhdistaja, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SOL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alloren, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fri Ren Natur, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Exotol 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Daily Allrengöring, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0167</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Unidrop, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HETI Yleispesu Joutsen, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Superquick Spurt, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Forte, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Allrent, parfymerad, 1500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0266, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heti Kapu, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Oparfymerad Universal, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Window, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Greenium Allrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0180, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent Impregneringsvätska, parfymfri 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water X-Power, 5 l (saftdunk)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0257</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Multirent Eco + Parfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Storfix MultiRent oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Allrent Eco + Parfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Sanitary 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FloorPro Rengöringsmedel CA 50 C eco!perform Swan, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0259</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Universal Probio, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanisal IduFoam System Original Swan (Iduna), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0234, 5026 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Universal med duft (Sæbefabrikken), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Soap Nordic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Svane Universal uden parfume (Sæbefabrikken), 1 kg</x:v>
+        <x:v>Svane GS Universal (Sæbefabrikken), 1 kg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5026 0123</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner for professional</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Svane Universal (Sæbefabrikken), 1 kg</x:v>
+        <x:v>Opticare Neutral Cimbo (Topcare Nordic), 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5026 0123</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner for professional</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Soap Nordic</x:v>
+        <x:v>Opticare</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Allrent Fresh, 5 l</x:v>
-[...1215 lines deleted...]
-        <x:v>Svane Universal uden parfume (Sæbefabrikken), 5 kg</x:v>
+        <x:v>Universal Clean parfume free (Estell), 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5026 0123</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner for professional</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Soap Nordic</x:v>
+        <x:v>Estell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Opticare Neutral Universal (Topcare Nordic), 5 l</x:v>
+        <x:v>WeClean Universal Off. (Stadsing), 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5026 0123</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner for professional</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Opticare</x:v>
-[...2462 lines deleted...]
-      <x:c t="str">
         <x:v>WeClean</x:v>
-      </x:c>
-[...4254 lines deleted...]
-        <x:v>Estell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>