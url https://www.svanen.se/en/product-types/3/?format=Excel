--- v0 (2025-12-31)
+++ v1 (2026-03-03)
@@ -1,2461 +1,6589 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2360350b0334240" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80aceec546b949a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R2b8ed49a18c24ff0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="Re2c2e6b42f4a4e90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2b8ed49a18c24ff0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re2c2e6b42f4a4e90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Flügger Wood Tex Wood Oil Impredur Colourless / Base 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Alcro Bestå Accent Vit/Bas A</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>3096 0001, 3097 0002</x:v>
+        <x:v>3096 0001, 3096 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Paints and varnishes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Alcro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Eggshell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Wood Superdec Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Wood Superdec White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Protect Matt Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tikkurila Teho Modern Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Utsikt Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Facade Multi Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Superdec Semi Gloss Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Superdec Semi Matt Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Superdec Semi Matt White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>RAW Wood Primer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0024, 3096 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Paints and varnishes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>RAW</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>PP Wood Superdec Base 4</x:v>
-[...2 lines deleted...]
-        <x:v>3096 0048, 3096 0024</x:v>
+        <x:v>Nordsjö ONE SUPREME Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLOURTEST OUTDOOR Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Paints and varnishes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Flügger Group A/S</x:v>
-[...10 lines deleted...]
-        <x:v>PP Wood Superdec White / Base 1</x:v>
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin FACADE Base Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Täcklasyr Utevit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö COLOUR TEST OUTDOOR Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA EXCELLENT EXTERIOR Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ONE SUPER TECH Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA EXCELLENT EXTERIOR 334 Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Oil Colourless / Base 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Universal Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window / Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window  Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 03 Wood Tex Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Superdec Semi Gloss Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Facade Multi White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Transparent Base 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Exterio Träfasad Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Wood Transparent Base 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Exterio Träfasad Utevit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Facade Flex  White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Facade Flex Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Facade Flex White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Facade Multi Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Facade Flex Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tikkurila Teho Modern Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Fasad Täcklasyr White/ Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Window Paint Allround Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Utsikt White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Wood Superdec Base 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0048, 3096 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Paints and varnishes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Yunik Pro Wood Protect Matt Black</x:v>
+        <x:v>PP Window RAL9010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0048, 3096 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Paints and varnishes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger 04 Wood Tex Base 4</x:v>
+        <x:v>Alcro Bestå Diamant Tonad Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BUTINOX Futura Maling base A, B, C og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0053, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin FACADE Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cuprinol TÄCKFÄRG Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cuprinol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLOURTEST OUTDOOR Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cuprinol DÖRR- OCH FÖNSTERFÄRG V Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cuprinol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 02 Wood Tex White (rep)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0048, 3096 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Paints and varnishes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger 05 Wood Tex Base 3</x:v>
+        <x:v>Beckers Elit Terrassolja Orange Bas</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0043, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Premium Facade Paint Cottage Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö COLOUR TEST OUTDOOR Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA EXTERIOR 334 Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA EXCELLENT EXTERIOR Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad Utevit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Window Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Flügger White / Base 1 (Denmark)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0048, 3096 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Paints and varnishes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger 05 Wood Tex Eggshell</x:v>
+        <x:v>Flügger 05 Wood Tex Base 4 (Denmark)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0048, 3096 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Paints and varnishes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger 06 Wood Tex Black</x:v>
+        <x:v>Flügger 05 Wood Tex Black (Denmark)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0048, 3096 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Paints and varnishes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>PP Window RAL9010</x:v>
+        <x:v>Yunik Pro Wall Primer White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Fasad Täcklasyr Svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Oljefärg White/Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Modern Oljefärg White/Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Window Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Superdec Semi Matt Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Impredur White / Base 41</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window / S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 07 Wood Tex Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 07 Wood Tex Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Window Paint Allround Antracite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTUN Industri Optimal 2i1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0050, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA DOOR &amp; WINDOW Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cuprinol TÄCKLASYR Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cuprinol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA PREMIUM EXTERIOR+ 334 Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cuprinol TÄCKLASYR 234 Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cuprinol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 02 Wood Tex Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Elit Terrassolja Brun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0043, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Premium Facade Paint Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA PREMIUM EXTERIOR+ Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA EXTERIOR Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Förankringsgrund Inne &amp; Ute</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Resist White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 03 Wood Tex Base 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Window White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Window Black</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0048, 3096 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Paints and varnishes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>PP Wood Superdec Base 3</x:v>
+        <x:v>Flügger Facade Universal Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Universal Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Premium Facade Paint Storm Grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Wood Superdec Black</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0048, 3096 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Paints and varnishes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger 05 Wood Tex Base 4</x:v>
+        <x:v>PP Window Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Roof &amp; Base Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ONE SUPER TECH Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ONE SUPREME Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ONE DOOR &amp; WINDOW TECH 322 Light</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA PRIMER EXTERIOR</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DEMIDEKK Performance base A, B, C og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0053, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Premium Facade Paint White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö MURTEX ACRYLIC Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ONE SUPER TECH Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Reko Fasadfärg Vit/Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Black</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0048, 3096 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Paints and varnishes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Facade Universal Base 4</x:v>
+        <x:v>Flügger 05 Wood Tex White / Base 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0048, 3096 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Paints and varnishes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Wood Tex Window  Black</x:v>
+        <x:v>Flügger Facade Resist Base 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0048, 3096 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Paints and varnishes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Wood Tex Window / Base 4</x:v>
+        <x:v>PP Facade Multi Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Wood Protection Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Window Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex White / Base 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0048, 3096 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Paints and varnishes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>REFLEKT Window Paint Allround Black</x:v>
+        <x:v>Beckers Perfekt Täcklasyr Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Täcklasyr Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Modern Oljefärg Faluröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Modern Oljefärg Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Facade Flex Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Facade Roof &amp; Base Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Superdec Semi Matt Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Micro Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Diamant Faluröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fönster&amp;Snickeri Helmatt Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fönster&amp;Snickeri Helmatt Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTUN Industri Drygolin Power Clean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0050, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ONE DOOR &amp; WINDOW TECH Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö MURTEX ACRYLIC Base Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cuprinol TÄCKLASYR Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cuprinol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Bevara Orange Bas</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0043, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Drygolin Optimal base A, B, C og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0053, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Accent Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 07 Wood Tex Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Resist Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window / RAL 9010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex White / Base 1 (Export)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Modern Oljefärg Tonad Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Utsikt Tonad Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Exterio Träfasad Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Elit Terrassolja</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0043, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Wood Oil Colourless / Base 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Wood Oil Base 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cuprinol TÄCKLASYR 237 Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cuprinol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA DOOR &amp; WINDOW Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA DOOR &amp; WINDOW Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ONE DOOR &amp; WINDOW TECH Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin FACADE Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA EXCELLENT EXTERIOR Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Oljefärg Utevit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Oljefärg Faluröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Enamel Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Multi Primer, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Reko Fasadfärg Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Eggshell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Base 3 (Denmark)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Impredur Base 44</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window / Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Facade Multi Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Window Paint Allround White</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0048, 3096 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Paints and varnishes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reflekt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger 03 Wood Tex Black</x:v>
+        <x:v>Beckers Perfekt Oljefärg Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Superdec Semi Gloss White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Facade Flex Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Bevara</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0043, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Diamant Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Diamant Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad Faluröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Diamant Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 02 Wood Tex Red</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0048, 3096 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Paints and varnishes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Yunik Pro Wall Primer White</x:v>
-[...2 lines deleted...]
-        <x:v>3096 0024, 3096 0024</x:v>
+        <x:v>Nordsjö TINOVA PREMIUM EXTERIOR+ Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cuprinol DÖRR- OCH FÖNSTERFÄRG V Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cuprinol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cuprinol TRÄGRUND V</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cuprinol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BUTINOX Futura Dekkbeis base A, B, C og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0053, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Premium Facade Paint Granite Grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA EXTERIOR Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA EXTERIOR 337 Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Base 4 (Export)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 07 Wood Tex White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Universal Light Eggshell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window / S0502-Y</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Facade Multi White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Window White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Wood Protection Anthracite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Wood Protection White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Täcklasyr Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Fasad Täcklasyr Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Window RAL 9010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Window Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Paints and varnishes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik Pro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>PP Window Black</x:v>
-[...753 lines deleted...]
-        <x:v>Lycke - Skönhet för alla hem</x:v>
+        <x:v>Yunik Pro Wood Superdec Semi Gloss Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Villa Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger 05 Wood Tex Black</x:v>
-[...162 lines deleted...]
-        <x:v>3096 0001, 3097 0002</x:v>
+        <x:v>Alcro Villa White/Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Paints and varnishes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Alcro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Elit Terrassolja</x:v>
-[...858 lines deleted...]
-        <x:v>Rødovre</x:v>
+        <x:v>Nordsjö ONE DOOR &amp; WINDOW TECH Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cuprinol TÄCKFÄRG Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cuprinol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ONE SUPER TECH Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTAPROFF Fasadeakryl base A, B, C og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0053, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö MURTEX ACRYLIC Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>